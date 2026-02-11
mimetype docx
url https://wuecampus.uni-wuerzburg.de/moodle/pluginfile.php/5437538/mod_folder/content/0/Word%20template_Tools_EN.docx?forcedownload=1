--- v0 (2025-12-05)
+++ v1 (2026-02-11)
@@ -347,82 +347,94 @@
             </w:pPr>
             <w:r w:rsidRPr="00FE6EB9">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tools comprise a collection of Instruments (including technologies, software applications, and hardware) designed to support (digital) teaching and learning.</w:t>
             </w:r>
             <w:r w:rsidR="00E00021" w:rsidRPr="00FE6EB9">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>re.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79D5871A" w14:textId="2D186C5B" w:rsidR="00E00021" w:rsidRDefault="00205746" w:rsidP="00E00021">
+    <w:p w14:paraId="79D5871A" w14:textId="2D186C5B" w:rsidR="00E00021" w:rsidRPr="00670AE8" w:rsidRDefault="000A1021" w:rsidP="00E00021">
       <w:pPr>
         <w:pStyle w:val="Titel1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5768"/>
         </w:tabs>
         <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Name des Tools: max. 86 Zeichen"/>
           <w:tag w:val="Titel"/>
           <w:id w:val="-2086592433"/>
           <w:placeholder>
             <w:docPart w:val="6C916EB8072A4E4AB6C2F2C4EABFA132"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006514AE">
+          <w:r w:rsidR="006514AE" w:rsidRPr="00670AE8">
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
             <w:t>T</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00205746" w:rsidRPr="00670AE8">
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
             <w:t>itle</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E00021">
+      <w:r w:rsidR="00E00021" w:rsidRPr="00670AE8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556AC802" w14:textId="24270793" w:rsidR="00E00021" w:rsidRPr="00A5348A" w:rsidRDefault="00205746" w:rsidP="00E00021">
+    <w:p w14:paraId="556AC802" w14:textId="24270793" w:rsidR="00E00021" w:rsidRPr="00A5348A" w:rsidRDefault="000A1021" w:rsidP="00E00021">
       <w:pPr>
         <w:pStyle w:val="kurzeBeschreibung"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:tag w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:id w:val="-888106377"/>
           <w:placeholder>
             <w:docPart w:val="795F2B96BC814686B1BA20709062DF2E"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FE6EB9">
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Brief description:</w:t>
           </w:r>
           <w:r w:rsidR="00E00021" w:rsidRPr="00FE6EB9">
             <w:rPr>
@@ -480,1169 +492,224 @@
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>TAGS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3005"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2921"/>
+        <w:gridCol w:w="8931"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E00021" w:rsidRPr="00E00021" w14:paraId="4DE44409" w14:textId="77777777" w:rsidTr="00FB32CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="550D636C" w14:textId="4BAB0D9E" w:rsidR="00E00021" w:rsidRPr="00A5348A" w:rsidRDefault="00A5348A" w:rsidP="00A5348A">
+          <w:p w14:paraId="14F657F4" w14:textId="7F827AA4" w:rsidR="00E00021" w:rsidRDefault="00A5348A" w:rsidP="00670AE8">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A5348A">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Which keywords match your content? Enter tags that make your post easy to find.</w:t>
+              <w:t xml:space="preserve">Which keywords match your content? </w:t>
+            </w:r>
+            <w:r w:rsidR="00670AE8" w:rsidRPr="00D936F1">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Enter tags</w:t>
+            </w:r>
+            <w:r w:rsidR="00670AE8">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00670AE8" w:rsidRPr="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that you will later assign to your </w:t>
+            </w:r>
+            <w:r w:rsidR="00670AE8">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:r w:rsidR="00670AE8" w:rsidRPr="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> so it can be found more easily</w:t>
+            </w:r>
+            <w:r w:rsidR="00670AE8">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DAC1666" w14:textId="5772D29A" w:rsidR="00E00021" w:rsidRPr="00E00021" w:rsidRDefault="00A5348A" w:rsidP="00E00021">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="-1825501468"/>
+              <w:placeholder>
+                <w:docPart w:val="AE862EBB02E447F4BE66026C8DE8499C"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
                 <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-            </w:pPr>
-[...45 lines deleted...]
-                <w:r w:rsidR="00E00021" w:rsidRPr="00E00021">
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="7DAC1666" w14:textId="64C3891A" w:rsidR="00670AE8" w:rsidRPr="00670AE8" w:rsidRDefault="00670AE8" w:rsidP="00670AE8">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b w:val="0"/>
+                    <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                    <w:b w:val="0"/>
+                  </w:rPr>
+                  <w:t>C</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00205746">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
                     <w:bCs/>
-                    <w:lang w:val="de-DE"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t>lick or type here to enter text.</w:t>
                 </w:r>
-              </w:sdtContent>
-[...824 lines deleted...]
-          </w:p>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4058D60E" w14:textId="77777777" w:rsidR="00DC61C2" w:rsidRPr="00E00021" w:rsidRDefault="00DC61C2" w:rsidP="00E00021">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="4058D60E" w14:textId="77777777" w:rsidR="00DC61C2" w:rsidRPr="00670AE8" w:rsidRDefault="00DC61C2" w:rsidP="00E00021"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="376"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="6327"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E00021" w:rsidRPr="00B1668D" w14:paraId="666E0E72" w14:textId="77777777" w:rsidTr="00E00021">
-[...143 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00E00021" w:rsidRPr="00205746" w14:paraId="5B2C0E05" w14:textId="77777777" w:rsidTr="00E00021">
         <w:trPr>
           <w:trHeight w:val="830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16AA775E" w14:textId="620D900C" w:rsidR="00E00021" w:rsidRPr="00600E72" w:rsidRDefault="00E00021" w:rsidP="00E00021">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="1D5092"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidR="00954C8F">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>FUN</w:t>
             </w:r>
             <w:r w:rsidR="00985BF5">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>CTIONALITY</w:t>
@@ -2140,290 +1207,509 @@
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00985BF5">
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Missing a category? You c</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>an add it here.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E64E5C" w:rsidRPr="00205746" w14:paraId="7CE8F830" w14:textId="77777777" w:rsidTr="00E64E5C">
+      <w:tr w:rsidR="00670AE8" w:rsidRPr="00985BF5" w14:paraId="54A737DB" w14:textId="77777777" w:rsidTr="00E64E5C">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA40AFA" w14:textId="39509F49" w:rsidR="00E64E5C" w:rsidRPr="00E64E5C" w:rsidRDefault="00E64E5C" w:rsidP="00E00021">
+          <w:p w14:paraId="7D5AC87D" w14:textId="58676AB0" w:rsidR="00670AE8" w:rsidRDefault="00670AE8" w:rsidP="00670AE8">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="1D5092"/>
               <w:spacing w:after="120"/>
-              <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>&gt;</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
-            <w:r w:rsidR="00985BF5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>BIBLIOGRAPHY</w:t>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>APPENDIX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27CB51C3" w14:textId="3A8D0D84" w:rsidR="00E64E5C" w:rsidRPr="00985BF5" w:rsidRDefault="00985BF5" w:rsidP="00E00021">
+          <w:p w14:paraId="1ECA5EE5" w14:textId="1274BBB4" w:rsidR="00670AE8" w:rsidRPr="00670AE8" w:rsidRDefault="00670AE8" w:rsidP="00670AE8">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985BF5">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Here you can</w:t>
+              <w:t>In the online form</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B1668D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you can upload a file that is relevant </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> list references, supplementary literature, and recommended reading on the topic of your entry.</w:t>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B1668D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your tool. This can be additional materials, forms, or even a print version of the entry. You can also upload your tool, provided it was created by you or you have obtained the author’s permission (please also send the permission to the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>toolbox</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B1668D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> editorial team). Please combine multiple files into a single .zip file. The file must not exceed 100 MB.</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00670AE8" w:rsidRPr="00985BF5" w14:paraId="4652D7C1" w14:textId="77777777" w:rsidTr="00E64E5C">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74841E01" w14:textId="6D087EF1" w:rsidR="00670AE8" w:rsidRPr="00DB5403" w:rsidRDefault="00670AE8" w:rsidP="00670AE8">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="1D5092"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; LIST OF AUTHORS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
-              <w:id w:val="2082010971"/>
+              <w:id w:val="1261340134"/>
               <w:placeholder>
-                <w:docPart w:val="F8266525F46C4D40B60685DE29D9E5A0"/>
+                <w:docPart w:val="F579AF4798DE48DE99CA533F2E88AAB8"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w14:paraId="7245DAD4" w14:textId="0F7487A7" w:rsidR="00E64E5C" w:rsidRPr="00205746" w:rsidRDefault="00205746" w:rsidP="00E64E5C">
+              <w:p w14:paraId="0B7FF125" w14:textId="37985D3A" w:rsidR="00670AE8" w:rsidRPr="00670AE8" w:rsidRDefault="00670AE8" w:rsidP="00670AE8">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:rPr>
                     <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
                     <w:sz w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Formatvorlage2"/>
                     <w:b w:val="0"/>
                   </w:rPr>
                   <w:t>C</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00205746">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>lick or type here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E64E5C" w:rsidRPr="006514AE" w14:paraId="0723A9D7" w14:textId="77777777" w:rsidTr="00E00021">
+      <w:tr w:rsidR="00670AE8" w:rsidRPr="00205746" w14:paraId="7CE8F830" w14:textId="77777777" w:rsidTr="00E64E5C">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55E8C233" w14:textId="7887212A" w:rsidR="00E64E5C" w:rsidRPr="00DB5403" w:rsidRDefault="00E64E5C" w:rsidP="00E00021">
+          <w:p w14:paraId="2AA40AFA" w14:textId="39509F49" w:rsidR="00670AE8" w:rsidRPr="00E64E5C" w:rsidRDefault="00670AE8" w:rsidP="00670AE8">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="1D5092"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>&gt;</w:t>
+            </w:r>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BIBLIOGRAPHY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:id w:val="-1940672268"/>
+              <w:placeholder>
+                <w:docPart w:val="47F2D102EF5A483BA52DD6F0365D1E31"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="27CB51C3" w14:textId="6BE86064" w:rsidR="00670AE8" w:rsidRPr="00670AE8" w:rsidRDefault="00670AE8" w:rsidP="00670AE8">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:spacing w:before="24" w:after="24"/>
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004C19BE">
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>This section provides space for references to sources used, supplementary academic literature, and recommended readings related to the topic of your entry.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="2082010971"/>
+              <w:placeholder>
+                <w:docPart w:val="80957B6213474604A05D8FBDCA373AB6"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="7245DAD4" w14:textId="0F7487A7" w:rsidR="00670AE8" w:rsidRPr="00205746" w:rsidRDefault="00670AE8" w:rsidP="00670AE8">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:rPr>
+                    <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
+                    <w:sz w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                    <w:b w:val="0"/>
+                  </w:rPr>
+                  <w:t>C</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00205746">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>lick or type here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00670AE8" w:rsidRPr="006514AE" w14:paraId="0723A9D7" w14:textId="77777777" w:rsidTr="00E00021">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E8C233" w14:textId="7887212A" w:rsidR="00670AE8" w:rsidRPr="00DB5403" w:rsidRDefault="00670AE8" w:rsidP="00670AE8">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="1D5092"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>&gt;</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00985BF5">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> COMMENTS</w:t>
+              <w:t>&gt; COMMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D6F051A" w14:textId="28172CAE" w:rsidR="00E64E5C" w:rsidRPr="006514AE" w:rsidRDefault="00E64E5C" w:rsidP="00E00021">
-[...33 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="-1955551590"/>
+              <w:placeholder>
+                <w:docPart w:val="E7DA0B12BE814519B302DF4DCE222493"/>
+              </w:placeholder>
+              <w:comboBox>
+                <w:listItem w:value="Wählen Sie ein Element aus."/>
+                <w:listItem w:displayText="Ja." w:value="Ja."/>
+                <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
+              </w:comboBox>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="5D6F051A" w14:textId="37D6C944" w:rsidR="00670AE8" w:rsidRPr="00DC08B7" w:rsidRDefault="00DC08B7" w:rsidP="00DC08B7">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:spacing w:before="24" w:after="24"/>
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00DC08B7">
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>You can choose if others should be allowed to leave comments within the Toolbox.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18457B85" w14:textId="77777777" w:rsidR="00600E72" w:rsidRPr="006514AE" w:rsidRDefault="00600E72" w:rsidP="00240026">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00600E72" w:rsidRPr="006514AE" w:rsidSect="009F6E8B">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -2515,57 +1801,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Caps">
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C441196" w14:textId="67E02154" w:rsidR="00EC6214" w:rsidRPr="00EC6214" w:rsidRDefault="00EC6214" w:rsidP="008E3041">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="left"/>
@@ -2847,93 +2126,94 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="316615611">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="104547491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1722241608">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:formsDesign/>
+  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00857B6F"/>
     <w:rsid w:val="00002FD3"/>
     <w:rsid w:val="00014F47"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="00042D97"/>
     <w:rsid w:val="00054561"/>
     <w:rsid w:val="0006073D"/>
     <w:rsid w:val="00064BDC"/>
     <w:rsid w:val="00067BAA"/>
     <w:rsid w:val="000714FA"/>
     <w:rsid w:val="00072119"/>
     <w:rsid w:val="00082E82"/>
     <w:rsid w:val="00084083"/>
     <w:rsid w:val="00086692"/>
     <w:rsid w:val="00094B97"/>
     <w:rsid w:val="00097AEC"/>
+    <w:rsid w:val="000A1021"/>
     <w:rsid w:val="000B504F"/>
     <w:rsid w:val="000B5220"/>
     <w:rsid w:val="000B61C3"/>
     <w:rsid w:val="000C516F"/>
     <w:rsid w:val="000D475D"/>
     <w:rsid w:val="000D6FB5"/>
     <w:rsid w:val="000F00F1"/>
     <w:rsid w:val="000F30F7"/>
     <w:rsid w:val="001014BE"/>
     <w:rsid w:val="00116044"/>
     <w:rsid w:val="00116785"/>
     <w:rsid w:val="00137A99"/>
     <w:rsid w:val="00144EA3"/>
     <w:rsid w:val="00146419"/>
     <w:rsid w:val="00147A20"/>
     <w:rsid w:val="00151483"/>
     <w:rsid w:val="00164C59"/>
     <w:rsid w:val="001664D3"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001836BF"/>
     <w:rsid w:val="001851DD"/>
     <w:rsid w:val="001A4DB2"/>
     <w:rsid w:val="001A5625"/>
     <w:rsid w:val="001B1C5F"/>
     <w:rsid w:val="001B693D"/>
@@ -3000,50 +2280,51 @@
     <w:rsid w:val="004F2F0E"/>
     <w:rsid w:val="004F40D4"/>
     <w:rsid w:val="005124AD"/>
     <w:rsid w:val="00517558"/>
     <w:rsid w:val="00536462"/>
     <w:rsid w:val="00537C9C"/>
     <w:rsid w:val="00542505"/>
     <w:rsid w:val="005443B6"/>
     <w:rsid w:val="00566760"/>
     <w:rsid w:val="0057103D"/>
     <w:rsid w:val="0058224E"/>
     <w:rsid w:val="00593BAB"/>
     <w:rsid w:val="00594B8F"/>
     <w:rsid w:val="005A234E"/>
     <w:rsid w:val="005C0FF8"/>
     <w:rsid w:val="005E2C88"/>
     <w:rsid w:val="005F6C13"/>
     <w:rsid w:val="00600E72"/>
     <w:rsid w:val="006030ED"/>
     <w:rsid w:val="00617072"/>
     <w:rsid w:val="0063236A"/>
     <w:rsid w:val="00632991"/>
     <w:rsid w:val="0064217A"/>
     <w:rsid w:val="006514AE"/>
     <w:rsid w:val="00670A62"/>
+    <w:rsid w:val="00670AE8"/>
     <w:rsid w:val="00675754"/>
     <w:rsid w:val="00677ED4"/>
     <w:rsid w:val="006832A4"/>
     <w:rsid w:val="006835E3"/>
     <w:rsid w:val="00685367"/>
     <w:rsid w:val="006A09A4"/>
     <w:rsid w:val="006A79B1"/>
     <w:rsid w:val="006E0AF4"/>
     <w:rsid w:val="006F6EBA"/>
     <w:rsid w:val="00700BE4"/>
     <w:rsid w:val="00703403"/>
     <w:rsid w:val="007039EB"/>
     <w:rsid w:val="00704DA4"/>
     <w:rsid w:val="00721CC3"/>
     <w:rsid w:val="00727389"/>
     <w:rsid w:val="00730026"/>
     <w:rsid w:val="00732262"/>
     <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00746031"/>
     <w:rsid w:val="00770ADC"/>
     <w:rsid w:val="00796545"/>
     <w:rsid w:val="007A192C"/>
     <w:rsid w:val="007A7518"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007E0E29"/>
@@ -3061,50 +2342,51 @@
     <w:rsid w:val="008B7F44"/>
     <w:rsid w:val="008C3A6A"/>
     <w:rsid w:val="008D4C75"/>
     <w:rsid w:val="008E16ED"/>
     <w:rsid w:val="008E3041"/>
     <w:rsid w:val="008E4FCB"/>
     <w:rsid w:val="008F08AE"/>
     <w:rsid w:val="008F43A2"/>
     <w:rsid w:val="008F61F5"/>
     <w:rsid w:val="00921731"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="00954B55"/>
     <w:rsid w:val="00954C8F"/>
     <w:rsid w:val="00961585"/>
     <w:rsid w:val="009620BA"/>
     <w:rsid w:val="009654CB"/>
     <w:rsid w:val="0098095B"/>
     <w:rsid w:val="00985BF5"/>
     <w:rsid w:val="00994EA1"/>
     <w:rsid w:val="00996E9A"/>
     <w:rsid w:val="009A10EE"/>
     <w:rsid w:val="009A22C6"/>
     <w:rsid w:val="009B0112"/>
     <w:rsid w:val="009B67EE"/>
     <w:rsid w:val="009B7C5E"/>
+    <w:rsid w:val="009C45EA"/>
     <w:rsid w:val="009C5A91"/>
     <w:rsid w:val="009D4996"/>
     <w:rsid w:val="009E562C"/>
     <w:rsid w:val="009E7A87"/>
     <w:rsid w:val="009F0A38"/>
     <w:rsid w:val="009F54C8"/>
     <w:rsid w:val="009F6E8B"/>
     <w:rsid w:val="009F74E7"/>
     <w:rsid w:val="00A00EF5"/>
     <w:rsid w:val="00A11E63"/>
     <w:rsid w:val="00A34676"/>
     <w:rsid w:val="00A37EC7"/>
     <w:rsid w:val="00A46D63"/>
     <w:rsid w:val="00A5348A"/>
     <w:rsid w:val="00A55548"/>
     <w:rsid w:val="00A674FB"/>
     <w:rsid w:val="00A9306C"/>
     <w:rsid w:val="00AB0992"/>
     <w:rsid w:val="00AB0E23"/>
     <w:rsid w:val="00AB2133"/>
     <w:rsid w:val="00AC5C12"/>
     <w:rsid w:val="00AD228E"/>
     <w:rsid w:val="00AF68BE"/>
     <w:rsid w:val="00B053B1"/>
     <w:rsid w:val="00B1668D"/>
@@ -3131,50 +2413,51 @@
     <w:rsid w:val="00C35405"/>
     <w:rsid w:val="00C46837"/>
     <w:rsid w:val="00C65B7E"/>
     <w:rsid w:val="00C71133"/>
     <w:rsid w:val="00C842CC"/>
     <w:rsid w:val="00C9614E"/>
     <w:rsid w:val="00CB56E9"/>
     <w:rsid w:val="00CD2919"/>
     <w:rsid w:val="00CE0BB2"/>
     <w:rsid w:val="00CF6563"/>
     <w:rsid w:val="00D00A85"/>
     <w:rsid w:val="00D0334A"/>
     <w:rsid w:val="00D107A5"/>
     <w:rsid w:val="00D1545F"/>
     <w:rsid w:val="00D2275F"/>
     <w:rsid w:val="00D246BE"/>
     <w:rsid w:val="00D26F8A"/>
     <w:rsid w:val="00D337E7"/>
     <w:rsid w:val="00D34985"/>
     <w:rsid w:val="00D466C8"/>
     <w:rsid w:val="00D761FE"/>
     <w:rsid w:val="00D913E3"/>
     <w:rsid w:val="00D956C2"/>
     <w:rsid w:val="00D95E31"/>
     <w:rsid w:val="00DB5403"/>
+    <w:rsid w:val="00DC08B7"/>
     <w:rsid w:val="00DC61C2"/>
     <w:rsid w:val="00DC7873"/>
     <w:rsid w:val="00DE07DA"/>
     <w:rsid w:val="00DF6BAE"/>
     <w:rsid w:val="00E00021"/>
     <w:rsid w:val="00E13E6F"/>
     <w:rsid w:val="00E25039"/>
     <w:rsid w:val="00E566B8"/>
     <w:rsid w:val="00E64E5C"/>
     <w:rsid w:val="00E77ECD"/>
     <w:rsid w:val="00EA2EC9"/>
     <w:rsid w:val="00EA6F29"/>
     <w:rsid w:val="00EC2B7D"/>
     <w:rsid w:val="00EC4F32"/>
     <w:rsid w:val="00EC6214"/>
     <w:rsid w:val="00ED015C"/>
     <w:rsid w:val="00ED2222"/>
     <w:rsid w:val="00ED727B"/>
     <w:rsid w:val="00EE1CD0"/>
     <w:rsid w:val="00EE455A"/>
     <w:rsid w:val="00EF614C"/>
     <w:rsid w:val="00EF6351"/>
     <w:rsid w:val="00F220C8"/>
     <w:rsid w:val="00F37071"/>
     <w:rsid w:val="00F5370F"/>
@@ -3623,50 +2906,51 @@
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008F43A2"/>
     <w:pPr>
       <w:keepNext/>
       <w:shd w:val="clear" w:color="auto" w:fill="398E98" w:themeFill="accent2"/>
       <w:spacing w:before="400"/>
       <w:ind w:firstLine="446"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
@@ -4904,299 +4188,362 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8D95C9DD-7F0D-4EF5-98A5-58C042A30138}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="000C64F4" w:rsidRDefault="000C64F4" w:rsidP="000C64F4">
           <w:pPr>
             <w:pStyle w:val="795F2B96BC814686B1BA20709062DF2E"/>
           </w:pPr>
           <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5374F106B89345B09480A5148C7E6C0D"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="C228A6DBA76F4101B84001305498FD1F"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F814E1A7-B64A-45E8-A4C9-230DEACE6375}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000C64F4" w:rsidRDefault="000C64F4" w:rsidP="000C64F4">
+        <w:p w:rsidR="000C64F4" w:rsidRDefault="00655056" w:rsidP="00655056">
           <w:pPr>
-            <w:pStyle w:val="C228A6DBA76F4101B84001305498FD1F"/>
+            <w:pStyle w:val="C228A6DBA76F4101B84001305498FD1F1"/>
           </w:pPr>
-          <w:r w:rsidRPr="002B537D">
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+              <w:b w:val="0"/>
+            </w:rPr>
+            <w:t>C</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00205746">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Klicke</w:t>
-[...17 lines deleted...]
-            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+            <w:t>lick or type here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FA594E23CAA9494E9CCE97F7014D94FE"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4AF6A248-FBDD-468E-88F5-7556DB17BC77}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000C64F4" w:rsidRDefault="000C64F4" w:rsidP="000C64F4">
+        <w:p w:rsidR="000C64F4" w:rsidRDefault="00655056" w:rsidP="00655056">
           <w:pPr>
-            <w:pStyle w:val="FA594E23CAA9494E9CCE97F7014D94FE"/>
+            <w:pStyle w:val="FA594E23CAA9494E9CCE97F7014D94FE1"/>
           </w:pPr>
-          <w:r w:rsidRPr="002B537D">
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+              <w:b w:val="0"/>
+            </w:rPr>
+            <w:t>C</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00205746">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Klicke</w:t>
-[...17 lines deleted...]
-            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+            <w:t>lick or type here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D14E772DC7E4896A9BBDF9ECA9A692E"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{815B094A-FB79-4CC7-8B90-BCB36D0890C8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000C64F4" w:rsidRDefault="000C64F4" w:rsidP="000C64F4">
+        <w:p w:rsidR="000C64F4" w:rsidRDefault="00655056" w:rsidP="00655056">
           <w:pPr>
-            <w:pStyle w:val="1D14E772DC7E4896A9BBDF9ECA9A692E"/>
+            <w:pStyle w:val="1D14E772DC7E4896A9BBDF9ECA9A692E1"/>
           </w:pPr>
-          <w:r w:rsidRPr="002B537D">
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+              <w:b w:val="0"/>
+            </w:rPr>
+            <w:t>C</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00205746">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Klicke</w:t>
-[...67 lines deleted...]
-            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+            <w:t>lick or type here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F4B429FF-EEDB-44A4-AD5D-96CAAE953540}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00FE5207" w:rsidRDefault="00FE5207">
           <w:r w:rsidRPr="00791C82">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AE862EBB02E447F4BE66026C8DE8499C"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4DFFDC18-3BDB-4CA3-B8AB-2D4DD49BCDED}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00655056" w:rsidRDefault="00655056" w:rsidP="00655056">
+          <w:pPr>
+            <w:pStyle w:val="AE862EBB02E447F4BE66026C8DE8499C"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>C</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00205746">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>lick or type here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="80957B6213474604A05D8FBDCA373AB6"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7A7A0E25-74B3-4A96-84FF-E78529F7AEA2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00655056" w:rsidRDefault="00655056" w:rsidP="00655056">
+          <w:pPr>
+            <w:pStyle w:val="80957B6213474604A05D8FBDCA373AB6"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>C</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00205746">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>lick or type here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F579AF4798DE48DE99CA533F2E88AAB8"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{40C55E5B-B96C-4604-B9F4-5C7DCEE32192}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00655056" w:rsidRDefault="00655056" w:rsidP="00655056">
+          <w:pPr>
+            <w:pStyle w:val="F579AF4798DE48DE99CA533F2E88AAB8"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>C</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00205746">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>lick or type here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="47F2D102EF5A483BA52DD6F0365D1E31"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{89705478-4768-49E2-BFC8-B264EF2DBD7B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00655056" w:rsidRDefault="00655056" w:rsidP="00655056">
+          <w:pPr>
+            <w:pStyle w:val="47F2D102EF5A483BA52DD6F0365D1E31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E7DA0B12BE814519B302DF4DCE222493"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6B6B7677-CB7D-42A0-B310-3B86E6ABDCFA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00655056" w:rsidRDefault="00655056" w:rsidP="00655056">
+          <w:pPr>
+            <w:pStyle w:val="E7DA0B12BE814519B302DF4DCE222493"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008237CC">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5243,57 +4590,50 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MetaBold-Caps">
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -5306,56 +4646,58 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF5"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="000C64F4"/>
     <w:rsid w:val="00104CF5"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001B1C5F"/>
     <w:rsid w:val="001E3841"/>
     <w:rsid w:val="002C74E2"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="0040634A"/>
+    <w:rsid w:val="00655056"/>
     <w:rsid w:val="00721CC3"/>
     <w:rsid w:val="007C4CF6"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="009A584C"/>
     <w:rsid w:val="009B10A1"/>
+    <w:rsid w:val="009C45EA"/>
     <w:rsid w:val="00BA14BC"/>
     <w:rsid w:val="00BD6F02"/>
     <w:rsid w:val="00F37071"/>
     <w:rsid w:val="00FC723B"/>
     <w:rsid w:val="00FE5207"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
@@ -5771,98 +5113,181 @@
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE5207"/>
+    <w:rsid w:val="00655056"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C916EB8072A4E4AB6C2F2C4EABFA132">
     <w:name w:val="6C916EB8072A4E4AB6C2F2C4EABFA132"/>
     <w:rsid w:val="00BD6F02"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="left" w:pos="5768"/>
       </w:tabs>
       <w:spacing w:before="600" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaBold-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaBold-Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="795F2B96BC814686B1BA20709062DF2E">
     <w:name w:val="795F2B96BC814686B1BA20709062DF2E"/>
     <w:rsid w:val="000C64F4"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5374F106B89345B09480A5148C7E6C0D">
     <w:name w:val="5374F106B89345B09480A5148C7E6C0D"/>
     <w:rsid w:val="000C64F4"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C228A6DBA76F4101B84001305498FD1F">
-[...13 lines deleted...]
-    <w:rsid w:val="000C64F4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE862EBB02E447F4BE66026C8DE8499C">
+    <w:name w:val="AE862EBB02E447F4BE66026C8DE8499C"/>
+    <w:rsid w:val="00655056"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80957B6213474604A05D8FBDCA373AB6">
+    <w:name w:val="80957B6213474604A05D8FBDCA373AB6"/>
+    <w:rsid w:val="00655056"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F579AF4798DE48DE99CA533F2E88AAB8">
+    <w:name w:val="F579AF4798DE48DE99CA533F2E88AAB8"/>
+    <w:rsid w:val="00655056"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47F2D102EF5A483BA52DD6F0365D1E31">
+    <w:name w:val="47F2D102EF5A483BA52DD6F0365D1E31"/>
+    <w:rsid w:val="00655056"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatvorlage2">
+    <w:name w:val="Formatvorlage2"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00655056"/>
+    <w:rPr>
+      <w:rFonts w:ascii="MetaNormal-Roman" w:hAnsi="MetaNormal-Roman"/>
+      <w:color w:val="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C228A6DBA76F4101B84001305498FD1F1">
+    <w:name w:val="C228A6DBA76F4101B84001305498FD1F1"/>
+    <w:rsid w:val="00655056"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
+      <w:b/>
+      <w:color w:val="0E2841" w:themeColor="text2"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FA594E23CAA9494E9CCE97F7014D94FE1">
+    <w:name w:val="FA594E23CAA9494E9CCE97F7014D94FE1"/>
+    <w:rsid w:val="00655056"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
+      <w:b/>
+      <w:color w:val="0E2841" w:themeColor="text2"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D14E772DC7E4896A9BBDF9ECA9A692E1">
+    <w:name w:val="1D14E772DC7E4896A9BBDF9ECA9A692E1"/>
+    <w:rsid w:val="00655056"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
+      <w:b/>
+      <w:color w:val="0E2841" w:themeColor="text2"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8266525F46C4D40B60685DE29D9E5A01">
+    <w:name w:val="F8266525F46C4D40B60685DE29D9E5A01"/>
+    <w:rsid w:val="00655056"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
+      <w:b/>
+      <w:color w:val="0E2841" w:themeColor="text2"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E7DA0B12BE814519B302DF4DCE222493">
+    <w:name w:val="E7DA0B12BE814519B302DF4DCE222493"/>
+    <w:rsid w:val="00655056"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 234">
       <a:dk1>
         <a:srgbClr val="373545"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -6107,56 +5532,55 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c2eb7a32e66fb6e4260f3771546a5e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e1f6479c48b08974ba73b5ca973489" ns2:_="" ns3:_="">
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
@@ -6327,150 +5751,151 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3768EA38-F8F0-4D30-AEC5-6AAA6AEFE256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54B27EA3-E61E-4E11-B675-A2E165A303A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Online Dienstprofil-Arbeitsblatt.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>239</Words>
-  <Characters>1511</Characters>
+  <Words>246</Words>
+  <Characters>1554</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1747</CharactersWithSpaces>
+  <CharactersWithSpaces>1797</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla Alibasic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>