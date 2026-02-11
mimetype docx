--- v0 (2025-12-05)
+++ v1 (2026-02-11)
@@ -348,65 +348,74 @@
             <w:r w:rsidRPr="00FD6AD7">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching-learning concepts are structured and theoretically grounded approaches that describe methods, strategies, and principles for designing teaching and learning processes, and can serve as a basis for developing new teaching and learning scenarios.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Titel: max. 86 Zeichen"/>
         <w:id w:val="-1907298504"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="797F3E2F" w14:textId="69AF342A" w:rsidR="007A192C" w:rsidRPr="00EE3580" w:rsidRDefault="002C062B" w:rsidP="00EE3580">
+        <w:p w14:paraId="797F3E2F" w14:textId="69AF342A" w:rsidR="007A192C" w:rsidRPr="009D7B2D" w:rsidRDefault="002C062B" w:rsidP="00EE3580">
           <w:pPr>
             <w:pStyle w:val="Titel1"/>
             <w:spacing w:before="0"/>
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="009D7B2D">
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
             <w:t>Tit</w:t>
           </w:r>
-          <w:r w:rsidR="00096166">
+          <w:r w:rsidR="00096166" w:rsidRPr="009D7B2D">
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
             <w:t>le</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="1EBF0946" w14:textId="5F5BA028" w:rsidR="000D6980" w:rsidRPr="00096166" w:rsidRDefault="00810EDF" w:rsidP="000F00F1">
+    <w:p w14:paraId="1EBF0946" w14:textId="5F5BA028" w:rsidR="000D6980" w:rsidRPr="00096166" w:rsidRDefault="006720DE" w:rsidP="000F00F1">
       <w:pPr>
         <w:pStyle w:val="kurzeBeschreibung"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:tag w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:id w:val="-888106377"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00096166" w:rsidRPr="00096166">
@@ -422,269 +431,50 @@
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve">ief description: </w:t>
           </w:r>
           <w:r w:rsidR="00096166" w:rsidRPr="00096166">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Convey the core message of your concept in just one concise sentence</w:t>
           </w:r>
           <w:r w:rsidR="00D22606" w:rsidRPr="00096166">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>!</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:tbl>
-[...217 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="42466207" w14:textId="7D908DE6" w:rsidR="00B61473" w:rsidRPr="00DB5403" w:rsidRDefault="00B61473" w:rsidP="000D6980">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB5403">
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -698,1713 +488,241 @@
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>TAGS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3005"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2921"/>
+        <w:gridCol w:w="8931"/>
       </w:tblGrid>
       <w:tr w:rsidR="0017435A" w:rsidRPr="0017435A" w14:paraId="4A0C04CB" w14:textId="77777777" w:rsidTr="00FF121D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="12A50405" w14:textId="58A00EFC" w:rsidR="0017435A" w:rsidRPr="000D5440" w:rsidRDefault="000D5440" w:rsidP="000D5440">
+          <w:p w14:paraId="1F4A62A7" w14:textId="77777777" w:rsidR="0017435A" w:rsidRDefault="000D5440" w:rsidP="009D7B2D">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk195276167"/>
             <w:r w:rsidRPr="00D936F1">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Which keywords match your content?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D936F1">
+            <w:r w:rsidR="009D7B2D" w:rsidRPr="00D936F1">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Enter tags that make y</w:t>
+              <w:t>Enter tags</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009D7B2D">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>our post easy to find.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D7B2D" w:rsidRPr="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that you will later assign to your </w:t>
+            </w:r>
+            <w:r w:rsidR="009D7B2D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7B2D" w:rsidRPr="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> so it can be found more easily</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7B2D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D1AD938" w14:textId="2D189BAD" w:rsidR="0017435A" w:rsidRPr="00B76251" w:rsidRDefault="000D5440" w:rsidP="00240026">
-[...6 lines deleted...]
-                <w:color w:val="auto"/>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="TextMetaZchn"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:id w:val="124671852"/>
+              <w:placeholder>
+                <w:docPart w:val="1960A4217C134FA5AC982AC2490B9802"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-            </w:pPr>
-[...51 lines deleted...]
-                <w:r w:rsidR="00B61473" w:rsidRPr="00B76251">
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="3D1AD938" w14:textId="05487859" w:rsidR="009D7B2D" w:rsidRPr="009D7B2D" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004C590D">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
-                    <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
-                    <w:lang w:val="de-DE"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t>Click or type here to enter text.</w:t>
                 </w:r>
-              </w:sdtContent>
-[...1234 lines deleted...]
-          </w:p>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="156AB18F" w14:textId="30FD04B2" w:rsidR="002F3BB8" w:rsidRDefault="002F3BB8" w:rsidP="00240026">
+    <w:p w14:paraId="156AB18F" w14:textId="30FD04B2" w:rsidR="002F3BB8" w:rsidRPr="009D7B2D" w:rsidRDefault="002F3BB8" w:rsidP="00240026">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="6327"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A63DBE" w:rsidRPr="00BA79D3" w14:paraId="64BD141A" w14:textId="77777777" w:rsidTr="00201E0A">
-[...231 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00A63DBE" w:rsidRPr="00BA79D3" w14:paraId="75924608" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="07EC06E7" w14:textId="2FD3508B" w:rsidR="00A63DBE" w:rsidRPr="00A63DBE" w:rsidRDefault="00A63DBE" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A63DBE">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidR="002009C5">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>THEORET</w:t>
             </w:r>
             <w:r w:rsidR="00BA79D3">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>ICAL FRAMEWORK</w:t>
@@ -2415,51 +733,73 @@
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04D18970" w14:textId="6CEA259A" w:rsidR="00A63DBE" w:rsidRPr="00BA79D3" w:rsidRDefault="00BA79D3" w:rsidP="00A63DBE">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA79D3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Which scientific findings and approaches does your concept include? Are there relevant didactic or scientific definitions that need to be shared?</w:t>
+              <w:t xml:space="preserve">Which scientific findings and approaches </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BA79D3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BA79D3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your concept include? Are there relevant didactic or scientific definitions that need to be shared?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A63DBE" w:rsidRPr="004C590D" w14:paraId="0A34699F" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="000CAE9C" w14:textId="77777777" w:rsidR="00A63DBE" w:rsidRPr="00BA79D3" w:rsidRDefault="00A63DBE" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
@@ -2584,51 +924,73 @@
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="518AD79F" w14:textId="3FE1AB5C" w:rsidR="002009C5" w:rsidRPr="00BA79D3" w:rsidRDefault="00BA79D3" w:rsidP="00201E0A">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA79D3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Which aspects of university teaching does your concept change or enable?</w:t>
+              <w:t xml:space="preserve">Which aspects of university teaching </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BA79D3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BA79D3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your concept change or enable?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="412E971B" w14:textId="62783581" w:rsidR="00201E0A" w:rsidRPr="00BA79D3" w:rsidRDefault="00BA79D3" w:rsidP="00201E0A">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA79D3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Feel free to include s</w:t>
             </w:r>
             <w:r>
@@ -3362,51 +1724,50 @@
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidR="0068488D">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOOLS </w:t>
             </w:r>
             <w:r w:rsidR="004B750B">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>AND TECHNOLOGY</w:t>
@@ -3416,51 +1777,71 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="491BFAA3" w14:textId="0CC5A8A5" w:rsidR="00C1751C" w:rsidRPr="004B750B" w:rsidRDefault="004B750B" w:rsidP="00C1751C">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B750B">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>What technologies (software applications, hardware, etc.) did you use? Do you have any specific recommendations – e.g. particular tools, devices or spaces needed?</w:t>
+              <w:t xml:space="preserve">What technologies (software applications, hardware, etc.) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B750B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>did</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B750B">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you use? Do you have any specific recommendations – e.g. particular tools, devices or spaces needed?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54D8CD32" w14:textId="3CFD31FB" w:rsidR="007F6600" w:rsidRPr="004B750B" w:rsidRDefault="004B750B" w:rsidP="00C1751C">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B750B">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tip: Create entries to add the tools you've used, or link to tools that have already been listed.</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
@@ -3490,404 +1871,555 @@
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:rPr>
                     <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004C590D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or type here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C45DE" w:rsidRPr="002E6BF9" w14:paraId="07401D18" w14:textId="77777777" w:rsidTr="00201E0A">
-[...164 lines deleted...]
-      <w:tr w:rsidR="00D22606" w:rsidRPr="002E6BF9" w14:paraId="59B9215D" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="009D7B2D" w:rsidRPr="002E6BF9" w14:paraId="4E556367" w14:textId="77777777" w:rsidTr="007F6600">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:id w:val="-171565700"/>
+              <w:id w:val="1773896445"/>
               <w:placeholder>
-                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                <w:docPart w:val="BD048DA5D1944458BD7C4727F115B01C"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="0FD7155F" w14:textId="3E5034DB" w:rsidR="00D22606" w:rsidRPr="00DB5403" w:rsidRDefault="00D22606" w:rsidP="00D22606">
+              <w:p w14:paraId="1D892C08" w14:textId="2576913F" w:rsidR="009D7B2D" w:rsidRPr="00DB5403" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
                   <w:spacing w:after="120"/>
+                  <w:jc w:val="both"/>
                   <w:outlineLvl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">&gt; </w:t>
-[...11 lines deleted...]
-                  <w:t>ADDITIONAL INFORMATION</w:t>
+                  <w:t>&gt;ADDITIONAL INFORMATION</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:id w:val="-1432581346"/>
+              <w:id w:val="1631593063"/>
               <w:placeholder>
-                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                <w:docPart w:val="0CB47DC10ECF4A0AB5F8E686DE13C0AA"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="495B96E8" w14:textId="08A685CE" w:rsidR="00410B33" w:rsidRPr="002E6BF9" w:rsidRDefault="002E6BF9" w:rsidP="000C45DE">
+              <w:p w14:paraId="326B02C1" w14:textId="0874BEBE" w:rsidR="009D7B2D" w:rsidRPr="004B750B" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                     <w:b w:val="0"/>
-                    <w:bCs/>
-                    <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002E6BF9">
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Missing a category? You c</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>an add it here.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C45DE" w:rsidRPr="002E6BF9" w14:paraId="4E05E546" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="009D7B2D" w:rsidRPr="002E6BF9" w14:paraId="2305DECB" w14:textId="77777777" w:rsidTr="007F6600">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8F59A1" w14:textId="1C465F13" w:rsidR="000C45DE" w:rsidRPr="00DB5403" w:rsidRDefault="000C45DE" w:rsidP="000C45DE">
+          <w:p w14:paraId="48A3E8A3" w14:textId="1E4A1FC3" w:rsidR="009D7B2D" w:rsidRPr="00DB5403" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
-            <w:r w:rsidR="002E6BF9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> COMMENTS</w:t>
+              <w:t xml:space="preserve"> APPENDIX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53208E74" w14:textId="1CB13C35" w:rsidR="009D7B2D" w:rsidRPr="004B750B" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA79D3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In the online form you can upload a file that is relevant to your building block. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>This can be additional materials, forms, or even a print version of the entry. Please combine multiple files into a single .zip file. The file must not exceed 100 MB.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D7B2D" w:rsidRPr="002E6BF9" w14:paraId="13FDB4AC" w14:textId="77777777" w:rsidTr="007F6600">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08950217" w14:textId="39779B2A" w:rsidR="009D7B2D" w:rsidRPr="00DB5403" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; LIST OF AUTHORS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="TextMetaZchn"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:id w:val="-1414472165"/>
+              <w:placeholder>
+                <w:docPart w:val="FF6BC08ED6884C4DB55B414EADAAFC25"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="577DE66C" w14:textId="645F2B41" w:rsidR="009D7B2D" w:rsidRPr="009D7B2D" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004C590D">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or type here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D7B2D" w:rsidRPr="002E6BF9" w14:paraId="07401D18" w14:textId="77777777" w:rsidTr="00201E0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D0BF7A" w14:textId="38468ACD" w:rsidR="009D7B2D" w:rsidRPr="000D6980" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5403">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BIBLIOGRAPHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6E497C" w14:textId="7C974035" w:rsidR="000C45DE" w:rsidRPr="002E6BF9" w:rsidRDefault="002E6BF9" w:rsidP="004A5A01">
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:id w:val="-1940672268"/>
+              <w:placeholder>
+                <w:docPart w:val="2469ED38633B45DAB99E6178DEE0D83F"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="55CE1DCA" w14:textId="77777777" w:rsidR="006720DE" w:rsidRPr="00E25A9B" w:rsidRDefault="006720DE" w:rsidP="006720DE">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004C19BE">
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>This section provides space for references to sources used, supplementary academic literature, and recommended readings related to the topic of your entry.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="TextMetaZchn"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:id w:val="1930462748"/>
+              <w:placeholder>
+                <w:docPart w:val="4690A6634E2445D697BB0DF259626A16"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="534E8B3A" w14:textId="37F0E688" w:rsidR="009D7B2D" w:rsidRPr="006720DE" w:rsidRDefault="006720DE" w:rsidP="009D7B2D">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004C590D">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or type here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D7B2D" w:rsidRPr="002E6BF9" w14:paraId="4E05E546" w14:textId="77777777" w:rsidTr="00201E0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8F59A1" w14:textId="1C465F13" w:rsidR="009D7B2D" w:rsidRPr="00DB5403" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
             <w:pPr>
-              <w:pStyle w:val="Zeile"/>
-              <w:spacing w:before="120" w:after="120"/>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E6BF9">
-[...1 lines deleted...]
-            </w:r>
             <w:r>
-              <w:t>o leave comments?</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; COMMENTS</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="-1955551590"/>
+              <w:placeholder>
+                <w:docPart w:val="4103E5765F104C5299A3D497F4E207A2"/>
+              </w:placeholder>
+              <w:comboBox>
+                <w:listItem w:value="Wählen Sie ein Element aus."/>
+                <w:listItem w:displayText="Ja." w:value="Ja."/>
+                <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
+              </w:comboBox>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="1C6E497C" w14:textId="1D6E4CA0" w:rsidR="009D7B2D" w:rsidRPr="009D7B2D" w:rsidRDefault="009D7B2D" w:rsidP="009D7B2D">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:spacing w:before="32" w:after="32"/>
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="009D7B2D">
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>You can choose if others should be allowed to leave comments within the Toolbox.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1363C203" w14:textId="77777777" w:rsidR="000D6980" w:rsidRPr="002E6BF9" w:rsidRDefault="000D6980" w:rsidP="00240026">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000D6980" w:rsidRPr="002E6BF9" w:rsidSect="009F6E8B">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -3986,65 +2518,50 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C441196" w14:textId="67E02154" w:rsidR="00EC6214" w:rsidRPr="00EC6214" w:rsidRDefault="00EC6214" w:rsidP="008E3041">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2CE93472" w14:textId="77777777" w:rsidR="00D913E3" w:rsidRDefault="00D913E3" w:rsidP="00D337E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -4564,50 +3081,51 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="316615611">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="104547491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1722241608">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="96566316">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1989628338">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="803348001">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -4717,50 +3235,51 @@
     <w:rsid w:val="004C590D"/>
     <w:rsid w:val="004C6C41"/>
     <w:rsid w:val="004D7A8A"/>
     <w:rsid w:val="004E3858"/>
     <w:rsid w:val="004F2F0E"/>
     <w:rsid w:val="005124AD"/>
     <w:rsid w:val="00536462"/>
     <w:rsid w:val="00537C9C"/>
     <w:rsid w:val="005443B6"/>
     <w:rsid w:val="00566760"/>
     <w:rsid w:val="0057103D"/>
     <w:rsid w:val="0058224E"/>
     <w:rsid w:val="005871AE"/>
     <w:rsid w:val="00593BAB"/>
     <w:rsid w:val="00594B8F"/>
     <w:rsid w:val="005A234E"/>
     <w:rsid w:val="005A7A88"/>
     <w:rsid w:val="005C0FF8"/>
     <w:rsid w:val="005E2C88"/>
     <w:rsid w:val="005F6C13"/>
     <w:rsid w:val="006030ED"/>
     <w:rsid w:val="0063236A"/>
     <w:rsid w:val="00632991"/>
     <w:rsid w:val="006646BF"/>
     <w:rsid w:val="00670A62"/>
+    <w:rsid w:val="006720DE"/>
     <w:rsid w:val="00675754"/>
     <w:rsid w:val="00677ED4"/>
     <w:rsid w:val="006832A4"/>
     <w:rsid w:val="0068488D"/>
     <w:rsid w:val="00685367"/>
     <w:rsid w:val="006A09A4"/>
     <w:rsid w:val="006A79B1"/>
     <w:rsid w:val="006E0AF4"/>
     <w:rsid w:val="006F7E4F"/>
     <w:rsid w:val="00700BE4"/>
     <w:rsid w:val="007039EB"/>
     <w:rsid w:val="00727389"/>
     <w:rsid w:val="00730026"/>
     <w:rsid w:val="00732262"/>
     <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00746031"/>
     <w:rsid w:val="00773B26"/>
     <w:rsid w:val="007A192C"/>
     <w:rsid w:val="007A7518"/>
     <w:rsid w:val="007A7FD4"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007C78F6"/>
     <w:rsid w:val="007D2D08"/>
     <w:rsid w:val="007E0E29"/>
     <w:rsid w:val="007E74C7"/>
@@ -4778,52 +3297,54 @@
     <w:rsid w:val="008A0A8E"/>
     <w:rsid w:val="008A6BED"/>
     <w:rsid w:val="008A7AA7"/>
     <w:rsid w:val="008C3A6A"/>
     <w:rsid w:val="008D4C75"/>
     <w:rsid w:val="008E16ED"/>
     <w:rsid w:val="008E3041"/>
     <w:rsid w:val="008E4FCB"/>
     <w:rsid w:val="008F08AE"/>
     <w:rsid w:val="008F120D"/>
     <w:rsid w:val="008F43A2"/>
     <w:rsid w:val="00921731"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="00954B55"/>
     <w:rsid w:val="009578D2"/>
     <w:rsid w:val="00961585"/>
     <w:rsid w:val="009620BA"/>
     <w:rsid w:val="009654CB"/>
     <w:rsid w:val="0098095B"/>
     <w:rsid w:val="009A10EE"/>
     <w:rsid w:val="009A22C6"/>
     <w:rsid w:val="009A4831"/>
     <w:rsid w:val="009B67EE"/>
     <w:rsid w:val="009B7C5E"/>
     <w:rsid w:val="009C359F"/>
+    <w:rsid w:val="009C45EA"/>
     <w:rsid w:val="009C5A91"/>
     <w:rsid w:val="009D4996"/>
+    <w:rsid w:val="009D7B2D"/>
     <w:rsid w:val="009E562C"/>
     <w:rsid w:val="009F54C8"/>
     <w:rsid w:val="009F6E8B"/>
     <w:rsid w:val="00A00EF5"/>
     <w:rsid w:val="00A11E63"/>
     <w:rsid w:val="00A26B61"/>
     <w:rsid w:val="00A34676"/>
     <w:rsid w:val="00A46D63"/>
     <w:rsid w:val="00A55548"/>
     <w:rsid w:val="00A63DBE"/>
     <w:rsid w:val="00A674FB"/>
     <w:rsid w:val="00A9306C"/>
     <w:rsid w:val="00AB0992"/>
     <w:rsid w:val="00AB0E23"/>
     <w:rsid w:val="00AB2133"/>
     <w:rsid w:val="00AC3EEA"/>
     <w:rsid w:val="00AC5C12"/>
     <w:rsid w:val="00AD228E"/>
     <w:rsid w:val="00AF68BE"/>
     <w:rsid w:val="00B032FA"/>
     <w:rsid w:val="00B053B1"/>
     <w:rsid w:val="00B17B4B"/>
     <w:rsid w:val="00B232E7"/>
     <w:rsid w:val="00B307D5"/>
     <w:rsid w:val="00B36F03"/>
@@ -6571,153 +5092,50 @@
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{83891F8A-557D-448D-BAD9-CD008D8C9EA7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00104CF5" w:rsidRDefault="00104CF5">
           <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5008162340A94E709ADF114B25754E6E"/>
-[...101 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="07E920B0D0AE4DA9973208ABE457FBAB"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{83D8FA70-B2C3-483A-BD18-3B085728A95E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007E045E" w:rsidRDefault="00556BCE" w:rsidP="00556BCE">
           <w:pPr>
             <w:pStyle w:val="07E920B0D0AE4DA9973208ABE457FBAB"/>
           </w:pPr>
           <w:r w:rsidRPr="004C590D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
@@ -6766,61 +5184,51 @@
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2385EE51-FD00-4FAC-9FE5-01A01D7D50EF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007E045E" w:rsidRDefault="00556BCE" w:rsidP="00556BCE">
           <w:pPr>
             <w:pStyle w:val="0EC80566ADD64FD2B3ABD6D36DA12F13"/>
           </w:pPr>
           <w:r w:rsidRPr="004C590D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>Click or type here to enter text</w:t>
-[...9 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>Click or type here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8AAFDCCC7E9F499A811FC93171F77433"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0BDC6974-5CC5-4656-B799-302FBA4F68D9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007E045E" w:rsidRDefault="00556BCE" w:rsidP="00556BCE">
           <w:pPr>
             <w:pStyle w:val="8AAFDCCC7E9F499A811FC93171F77433"/>
           </w:pPr>
           <w:r w:rsidRPr="004C590D">
@@ -6849,115 +5257,284 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{893821AC-6936-4E90-B708-E783F7171021}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007E045E" w:rsidRDefault="00556BCE" w:rsidP="00556BCE">
           <w:pPr>
             <w:pStyle w:val="F74DEEBA8E314C628D5169B5E0B8763B"/>
           </w:pPr>
           <w:r w:rsidRPr="004C590D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or type here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7FF4BA57E7E84D45B223DE85F36F2F42"/>
-[...41 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="0708878F0D0B48FC9869FCBDC3E465E6"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93D1589B-FE92-4D8F-AFCE-4B925D3CEE50}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003E1481" w:rsidRDefault="00556BCE" w:rsidP="00556BCE">
           <w:pPr>
             <w:pStyle w:val="0708878F0D0B48FC9869FCBDC3E465E61"/>
           </w:pPr>
           <w:r w:rsidRPr="004C590D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Click or type here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1960A4217C134FA5AC982AC2490B9802"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AEBEB1AD-28F2-4C33-8670-1161BA005C25}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FD47E3" w:rsidRDefault="00FD47E3" w:rsidP="00FD47E3">
+          <w:pPr>
+            <w:pStyle w:val="1960A4217C134FA5AC982AC2490B9802"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004C590D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Click or type here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BD048DA5D1944458BD7C4727F115B01C"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95B2447E-80DB-4682-834F-2425FD35C4ED}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FD47E3" w:rsidRDefault="00FD47E3" w:rsidP="00FD47E3">
+          <w:pPr>
+            <w:pStyle w:val="BD048DA5D1944458BD7C4727F115B01C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0CB47DC10ECF4A0AB5F8E686DE13C0AA"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7FE84DBB-A0E3-4565-9EF7-23A9ACDD3EE3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FD47E3" w:rsidRDefault="00FD47E3" w:rsidP="00FD47E3">
+          <w:pPr>
+            <w:pStyle w:val="0CB47DC10ECF4A0AB5F8E686DE13C0AA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FF6BC08ED6884C4DB55B414EADAAFC25"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{00960AAE-9338-4DAB-9AE1-C7D041BC0B6D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FD47E3" w:rsidRDefault="00FD47E3" w:rsidP="00FD47E3">
+          <w:pPr>
+            <w:pStyle w:val="FF6BC08ED6884C4DB55B414EADAAFC25"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004C590D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Click or type here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4103E5765F104C5299A3D497F4E207A2"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{264C1BFC-485B-4090-A499-D7071FCEA8B5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FD47E3" w:rsidRDefault="00FD47E3" w:rsidP="00FD47E3">
+          <w:pPr>
+            <w:pStyle w:val="4103E5765F104C5299A3D497F4E207A2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008237CC">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2469ED38633B45DAB99E6178DEE0D83F"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BD38AF03-A822-44E0-8D3B-66DD63C3E048}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FD47E3" w:rsidRDefault="00FD47E3" w:rsidP="00FD47E3">
+          <w:pPr>
+            <w:pStyle w:val="2469ED38633B45DAB99E6178DEE0D83F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4690A6634E2445D697BB0DF259626A16"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{20B4D426-1223-4196-97B6-A8F7F8E09A56}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FD47E3" w:rsidRDefault="00FD47E3" w:rsidP="00FD47E3">
+          <w:pPr>
+            <w:pStyle w:val="4690A6634E2445D697BB0DF259626A16"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004C590D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or type here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -7016,113 +5593,100 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF5"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="0008557E"/>
     <w:rsid w:val="00086647"/>
     <w:rsid w:val="00104CF5"/>
     <w:rsid w:val="0014624D"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001E7905"/>
     <w:rsid w:val="00236338"/>
     <w:rsid w:val="002D2030"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="003E1481"/>
     <w:rsid w:val="0040634A"/>
     <w:rsid w:val="00556BCE"/>
     <w:rsid w:val="005A7A88"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007E045E"/>
     <w:rsid w:val="008727B2"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="009A4831"/>
+    <w:rsid w:val="009C45EA"/>
     <w:rsid w:val="00A37B1F"/>
     <w:rsid w:val="00F32616"/>
     <w:rsid w:val="00FC723B"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -7533,215 +6097,114 @@
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:semiHidden/>
-    <w:rsid w:val="00556BCE"/>
+    <w:rsid w:val="00FD47E3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5008162340A94E709ADF114B25754E6E8">
     <w:name w:val="5008162340A94E709ADF114B25754E6E8"/>
     <w:rsid w:val="007E045E"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="72FF70A4BA5C4FBD939B9109AE9CEF4F5">
-[...13 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1960A4217C134FA5AC982AC2490B9802">
+    <w:name w:val="1960A4217C134FA5AC982AC2490B9802"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E76502E7F1E047DA9B59D8ED5B35A2EE2">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A976C292009F4780B3E6634EEEDDEABE">
+    <w:name w:val="A976C292009F4780B3E6634EEEDDEABE"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07E920B0D0AE4DA9973208ABE457FBAB2">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B102146817484816A36DFC5E1E8BB133">
+    <w:name w:val="B102146817484816A36DFC5E1E8BB133"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C8584F371CA04E05BD734E9C9260935C2">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD048DA5D1944458BD7C4727F115B01C">
+    <w:name w:val="BD048DA5D1944458BD7C4727F115B01C"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EC80566ADD64FD2B3ABD6D36DA12F132">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CB47DC10ECF4A0AB5F8E686DE13C0AA">
+    <w:name w:val="0CB47DC10ECF4A0AB5F8E686DE13C0AA"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8AAFDCCC7E9F499A811FC93171F774332">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A754A4223E554B758D0D637592D56764">
+    <w:name w:val="A754A4223E554B758D0D637592D56764"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F74DEEBA8E314C628D5169B5E0B8763B2">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="013A90A3B643472C9FC9B2210F72C450">
+    <w:name w:val="013A90A3B643472C9FC9B2210F72C450"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatvorlage2">
-[...8 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF6BC08ED6884C4DB55B414EADAAFC25">
+    <w:name w:val="FF6BC08ED6884C4DB55B414EADAAFC25"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FF4BA57E7E84D45B223DE85F36F2F42">
-[...1 lines deleted...]
-    <w:rsid w:val="00A37B1F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4103E5765F104C5299A3D497F4E207A2">
+    <w:name w:val="4103E5765F104C5299A3D497F4E207A2"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0708878F0D0B48FC9869FCBDC3E465E6">
-[...1 lines deleted...]
-    <w:rsid w:val="003E1481"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2469ED38633B45DAB99E6178DEE0D83F">
+    <w:name w:val="2469ED38633B45DAB99E6178DEE0D83F"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="57A3E708D75F46A4A2F566AB62617A8D">
-[...5 lines deleted...]
-    <w:rsid w:val="00556BCE"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4690A6634E2445D697BB0DF259626A16">
+    <w:name w:val="4690A6634E2445D697BB0DF259626A16"/>
+    <w:rsid w:val="00FD47E3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="72FF70A4BA5C4FBD939B9109AE9CEF4F">
     <w:name w:val="72FF70A4BA5C4FBD939B9109AE9CEF4F"/>
     <w:rsid w:val="00556BCE"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E76502E7F1E047DA9B59D8ED5B35A2EE">
     <w:name w:val="E76502E7F1E047DA9B59D8ED5B35A2EE"/>
     <w:rsid w:val="00556BCE"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
@@ -8138,58 +6601,63 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c2eb7a32e66fb6e4260f3771546a5e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e1f6479c48b08974ba73b5ca973489" ns2:_="" ns3:_="">
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8356,152 +6824,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54B27EA3-E61E-4E11-B675-A2E165A303A9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3768EA38-F8F0-4D30-AEC5-6AAA6AEFE256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Online Dienstprofil-Arbeitsblatt.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>395</Words>
-  <Characters>2490</Characters>
+  <Words>380</Words>
+  <Characters>2396</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2880</CharactersWithSpaces>
+  <CharactersWithSpaces>2771</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla Alibasic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>
   </property>