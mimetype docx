--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -397,118 +397,107 @@
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nfrastructure section features information on spaces, training, and professional development opportunities in the context of (digital) teaching and learning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:alias w:val="Titel: max. 86 Zeichen"/>
         <w:tag w:val="Titel"/>
         <w:id w:val="-2086592433"/>
         <w:placeholder>
           <w:docPart w:val="6C916EB8072A4E4AB6C2F2C4EABFA132"/>
         </w:placeholder>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...3 lines deleted...]
-      </w:sdtEndPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7FB9685B" w14:textId="5AA838E8" w:rsidR="008F61F5" w:rsidRPr="0099787E" w:rsidRDefault="0099787E" w:rsidP="008F61F5">
           <w:pPr>
             <w:pStyle w:val="Titel1"/>
             <w:spacing w:before="0"/>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0099787E">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Title</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3656D893" w14:textId="12FAD22D" w:rsidR="00E335B6" w:rsidRPr="0099787E" w:rsidRDefault="00F8068C" w:rsidP="00337B18">
+    <w:p w14:paraId="3656D893" w14:textId="12FAD22D" w:rsidR="00E335B6" w:rsidRPr="0099787E" w:rsidRDefault="00311470" w:rsidP="00337B18">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:alias w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:tag w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:id w:val="-888106377"/>
           <w:placeholder>
             <w:docPart w:val="1089E5A5CDE64F94A04F309AB77E3574"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="0099787E" w:rsidRPr="0099787E">
             <w:rPr>
               <w:bCs/>
               <w:color w:val="auto"/>
             </w:rPr>
-            <w:t xml:space="preserve">Brief description: </w:t>
-[...6 lines deleted...]
-            <w:t>Describe the content of the offer. Focus on its use in digital teaching. If possible, include information about the equipment or scope of the offer</w:t>
+            <w:t>Brief description: Describe the content of the offer. Focus on its use in digital teaching. If possible, include information about the equipment or scope of the offer</w:t>
           </w:r>
           <w:r w:rsidR="00E335B6" w:rsidRPr="0099787E">
             <w:rPr>
               <w:bCs/>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0099787E" w:rsidRPr="0099787E">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42466207" w14:textId="0CE2A63A" w:rsidR="00B61473" w:rsidRPr="0099787E" w:rsidRDefault="00B61473" w:rsidP="00337B18">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -546,1330 +535,246 @@
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8942"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E335B6" w14:paraId="631F4D18" w14:textId="77777777" w:rsidTr="00450C07">
         <w:trPr>
           <w:trHeight w:val="1293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31A26E2A" w14:textId="44B5F6E6" w:rsidR="00E335B6" w:rsidRPr="00EE3FB3" w:rsidRDefault="00EE3FB3" w:rsidP="00EE3FB3">
+          <w:p w14:paraId="7DA519B0" w14:textId="77777777" w:rsidR="00247BB4" w:rsidRDefault="00EE3FB3" w:rsidP="00311470">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE3FB3">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Which keywords match your content? </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D936F1">
+            <w:r w:rsidR="00311470" w:rsidRPr="00D936F1">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Enter tags that make y</w:t>
+              <w:t>Enter tags</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00311470">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>our post easy to find.</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:spacing w:after="240"/>
+            <w:r w:rsidR="00311470" w:rsidRPr="00305D81">
               <w:rPr>
-                <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">that you will later assign to your </w:t>
+            </w:r>
+            <w:r w:rsidR="00311470">
               <w:rPr>
-                <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>e.g</w:t>
+              <w:t>entry</w:t>
             </w:r>
-            <w:r w:rsidR="00E335B6" w:rsidRPr="00EE3FB3">
+            <w:r w:rsidR="00311470" w:rsidRPr="00305D81">
               <w:rPr>
-                <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>.:</w:t>
+              <w:t xml:space="preserve"> so it can be found more easily</w:t>
             </w:r>
-          </w:p>
-[...917 lines deleted...]
-              <w:outlineLvl w:val="1"/>
+            <w:r w:rsidR="00311470">
               <w:rPr>
-                <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...168 lines deleted...]
-              <w:t>This can be additional materials, forms, or even a print version of the entry. Please combine multiple files into a single .zip file. The file must not exceed 100 MB.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Texte"/>
               </w:rPr>
-              <w:id w:val="1520279739"/>
+              <w:id w:val="-2085683809"/>
               <w:placeholder>
-                <w:docPart w:val="BF89DF970370400DB8CD0A83265F638F"/>
+                <w:docPart w:val="EC5D3ADD9E894001A254F31952A9D0A1"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rStyle w:val="Formatvorlage2"/>
                   </w:rPr>
-                  <w:id w:val="-1256896348"/>
+                  <w:id w:val="549885407"/>
                   <w:placeholder>
-                    <w:docPart w:val="D3D6336D6C1E4BEF96678C7282368584"/>
+                    <w:docPart w:val="5F2C11B240B94D52BF2D809A0A871E61"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                 </w:sdtPr>
                 <w:sdtEndPr>
                   <w:rPr>
                     <w:rStyle w:val="Absatz-Standardschriftart"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:sdtEndPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="7D88F3BA" w14:textId="2BB439E7" w:rsidR="00272B59" w:rsidRPr="00F8068C" w:rsidRDefault="00F8068C" w:rsidP="00F8068C">
+                  <w:p w14:paraId="6D3D48D0" w14:textId="2474E746" w:rsidR="00311470" w:rsidRPr="00311470" w:rsidRDefault="00311470" w:rsidP="00311470">
                     <w:pPr>
                       <w:pStyle w:val="Einfhrung"/>
                       <w:spacing w:before="81" w:after="163"/>
                       <w:rPr>
-                        <w:b w:val="0"/>
-                        <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
+                        <w:bCs/>
+                        <w:color w:val="auto"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Formatvorlage2"/>
                         <w:b w:val="0"/>
                       </w:rPr>
                       <w:t>Click or type here to enter text</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00301DD9">
                       <w:rPr>
                         <w:rStyle w:val="Platzhaltertext"/>
                         <w:b w:val="0"/>
                         <w:bCs/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1D50D1B8" w14:textId="77777777" w:rsidR="00337B18" w:rsidRDefault="00337B18"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="6049"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00630A8E" w:rsidRPr="0099787E" w14:paraId="36ECAF01" w14:textId="77777777" w:rsidTr="00802471">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79645AEC" w14:textId="6A8E3E35" w:rsidR="00630A8E" w:rsidRPr="00600E72" w:rsidRDefault="00630A8E" w:rsidP="00337B18">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidR="00E34477">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>PROVIDER</w:t>
             </w:r>
             <w:r w:rsidR="00247BB4">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; A</w:t>
@@ -2163,434 +1068,790 @@
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Formatvorlage2"/>
                         <w:b w:val="0"/>
                       </w:rPr>
                       <w:t>Click or type here to enter text</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00301DD9">
                       <w:rPr>
                         <w:rStyle w:val="Platzhaltertext"/>
                         <w:b w:val="0"/>
                         <w:bCs/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00005E8A" w:rsidRPr="0099787E" w14:paraId="6DA66265" w14:textId="77777777" w:rsidTr="003E3F61">
+      <w:tr w:rsidR="00311470" w:rsidRPr="0099787E" w14:paraId="7A875A10" w14:textId="77777777" w:rsidTr="00005E8A">
+        <w:trPr>
+          <w:trHeight w:val="830"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:id w:val="-1881467929"/>
+              <w:placeholder>
+                <w:docPart w:val="3ED1B3E6E5AC4323A640A47822BD11DB"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="7926A205" w14:textId="5F7F1529" w:rsidR="00311470" w:rsidRPr="00DB5403" w:rsidRDefault="00311470" w:rsidP="00311470">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
+                  <w:spacing w:after="120"/>
+                  <w:outlineLvl w:val="1"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>&gt; ADDITIONAL INFORMATION</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A228CFB" w14:textId="511A4AA2" w:rsidR="00311470" w:rsidRPr="00EE0E89" w:rsidRDefault="00311470" w:rsidP="00311470">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b w:val="0"/>
+                  <w:bCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="de-DE"/>
+                </w:rPr>
+                <w:id w:val="111488803"/>
+                <w:placeholder>
+                  <w:docPart w:val="167AD735FEE1435A90741072065C8F4B"/>
+                </w:placeholder>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00150A7E">
+                  <w:rPr>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Missing a category? You can add it here.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00150A7E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311470" w:rsidRPr="0099787E" w14:paraId="3B2B872B" w14:textId="77777777" w:rsidTr="00005E8A">
+        <w:trPr>
+          <w:trHeight w:val="830"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16CCB489" w14:textId="0C18B7CF" w:rsidR="00311470" w:rsidRDefault="00311470" w:rsidP="00311470">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; APPENDIX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B50424A" w14:textId="77777777" w:rsidR="00311470" w:rsidRPr="00E34477" w:rsidRDefault="00311470" w:rsidP="00311470">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:spacing w:after="240"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D936F1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In the online </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>form</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D936F1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you can upload a file that is relevant to your </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>offer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D936F1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>This can be additional materials, forms, or even a print version of the entry. Please combine multiple files into a single .zip file. The file must not exceed 100 MB.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Texte"/>
+              </w:rPr>
+              <w:id w:val="971254195"/>
+              <w:placeholder>
+                <w:docPart w:val="270374DE5D904217B1C274428607F4B1"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                  </w:rPr>
+                  <w:id w:val="-95103777"/>
+                  <w:placeholder>
+                    <w:docPart w:val="F8A5795F693A45DCB7E399DD632E720A"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Absatz-Standardschriftart"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:sdtEndPr>
+                <w:sdtContent>
+                  <w:p w14:paraId="4636B0DA" w14:textId="410BCC4D" w:rsidR="00311470" w:rsidRPr="00311470" w:rsidRDefault="00311470" w:rsidP="00311470">
+                    <w:pPr>
+                      <w:pStyle w:val="Einfhrung"/>
+                      <w:outlineLvl w:val="1"/>
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                        <w:color w:val="auto"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="Formatvorlage2"/>
+                        <w:b w:val="0"/>
+                      </w:rPr>
+                      <w:t>Click or type here to enter text</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00301DD9">
+                      <w:rPr>
+                        <w:rStyle w:val="Platzhaltertext"/>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:sdtContent>
+              </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311470" w:rsidRPr="0099787E" w14:paraId="18E61FFD" w14:textId="77777777" w:rsidTr="00005E8A">
+        <w:trPr>
+          <w:trHeight w:val="830"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EDFE8F2" w14:textId="28F2D5CC" w:rsidR="00311470" w:rsidRDefault="00311470" w:rsidP="00311470">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; LIST OF AUTHORS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Texte"/>
+              </w:rPr>
+              <w:id w:val="2049094912"/>
+              <w:placeholder>
+                <w:docPart w:val="CC95881530C14BD8904D89ED473DE918"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                  </w:rPr>
+                  <w:id w:val="557053975"/>
+                  <w:placeholder>
+                    <w:docPart w:val="36108145BB6F470BA9E2A127A7262BF1"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Absatz-Standardschriftart"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:sdtEndPr>
+                <w:sdtContent>
+                  <w:p w14:paraId="7EF85BC9" w14:textId="3426C7A0" w:rsidR="00311470" w:rsidRPr="00311470" w:rsidRDefault="00311470" w:rsidP="00311470">
+                    <w:pPr>
+                      <w:pStyle w:val="Einfhrung"/>
+                      <w:outlineLvl w:val="1"/>
+                      <w:rPr>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                        <w:color w:val="auto"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="Formatvorlage2"/>
+                        <w:b w:val="0"/>
+                      </w:rPr>
+                      <w:t>Click or type here to enter text</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00301DD9">
+                      <w:rPr>
+                        <w:rStyle w:val="Platzhaltertext"/>
+                        <w:b w:val="0"/>
+                        <w:bCs/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:sdtContent>
+              </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311470" w:rsidRPr="0099787E" w14:paraId="6DA66265" w14:textId="77777777" w:rsidTr="003E3F61">
         <w:trPr>
           <w:trHeight w:val="830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34E508C9" w14:textId="35D40651" w:rsidR="00005E8A" w:rsidRPr="00DB5403" w:rsidRDefault="00005E8A" w:rsidP="00337B18">
+          <w:p w14:paraId="34E508C9" w14:textId="35D40651" w:rsidR="00311470" w:rsidRPr="00DB5403" w:rsidRDefault="00311470" w:rsidP="00311470">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
-            <w:r w:rsidR="00EE0E89">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>BIBLIOGRAPHY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27266810" w14:textId="401E988F" w:rsidR="00247BB4" w:rsidRPr="00EE0E89" w:rsidRDefault="00EE0E89" w:rsidP="00337B18">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="1"/>
+          <w:sdt>
+            <w:sdtPr>
               <w:rPr>
-                <w:b w:val="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-          </w:p>
+              <w:id w:val="-1940672268"/>
+              <w:placeholder>
+                <w:docPart w:val="32A7392D69BA4CCAA158B644E217CD72"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="635AB39A" w14:textId="77777777" w:rsidR="00311470" w:rsidRPr="00E25A9B" w:rsidRDefault="00311470" w:rsidP="00311470">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004C19BE">
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>This section provides space for references to sources used, supplementary academic literature, and recommended readings related to the topic of your entry.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Texte"/>
               </w:rPr>
               <w:id w:val="-1400041451"/>
               <w:placeholder>
-                <w:docPart w:val="CF2AD288E08A4CC9A5DFDA899F3CCC8D"/>
+                <w:docPart w:val="5ED3278972A6487E9CC5DFE5393AB6FC"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rStyle w:val="Formatvorlage2"/>
                   </w:rPr>
                   <w:id w:val="-1803838775"/>
                   <w:placeholder>
-                    <w:docPart w:val="8E3E009E36CC4986825BFBD731832EE3"/>
+                    <w:docPart w:val="603B6FC79B3E4A4E8186B4BDA92455E3"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                 </w:sdtPr>
                 <w:sdtEndPr>
                   <w:rPr>
                     <w:rStyle w:val="Absatz-Standardschriftart"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:sdtEndPr>
                 <w:sdtContent>
-                  <w:p w14:paraId="518EC848" w14:textId="048E4DC7" w:rsidR="001254DC" w:rsidRPr="00F8068C" w:rsidRDefault="00F8068C" w:rsidP="00F8068C">
+                  <w:p w14:paraId="518EC848" w14:textId="048E4DC7" w:rsidR="00311470" w:rsidRPr="00F8068C" w:rsidRDefault="00311470" w:rsidP="00311470">
                     <w:pPr>
                       <w:pStyle w:val="Einfhrung"/>
                       <w:spacing w:before="81" w:after="163"/>
                       <w:rPr>
                         <w:b w:val="0"/>
                         <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Formatvorlage2"/>
                         <w:b w:val="0"/>
                       </w:rPr>
                       <w:t>Click or type here to enter text</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00301DD9">
                       <w:rPr>
                         <w:rStyle w:val="Platzhaltertext"/>
                         <w:b w:val="0"/>
                         <w:bCs/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00247BB4" w:rsidRPr="00150A7E" w14:paraId="3DE1E28E" w14:textId="77777777" w:rsidTr="003E3F61">
-[...131 lines deleted...]
-      <w:tr w:rsidR="00796545" w:rsidRPr="001B6F7A" w14:paraId="0525D890" w14:textId="77777777" w:rsidTr="003E3F61">
+      <w:tr w:rsidR="00311470" w:rsidRPr="001B6F7A" w14:paraId="0525D890" w14:textId="77777777" w:rsidTr="003E3F61">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBEF034" w14:textId="0120B441" w:rsidR="00796545" w:rsidRPr="00600E72" w:rsidRDefault="003E3F61" w:rsidP="00337B18">
+          <w:p w14:paraId="4BBEF034" w14:textId="0120B441" w:rsidR="00311470" w:rsidRPr="00600E72" w:rsidRDefault="00311470" w:rsidP="00311470">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
-            <w:r w:rsidR="001B6F7A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> COMMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7711E908" w14:textId="6512474D" w:rsidR="00796545" w:rsidRPr="001B6F7A" w:rsidRDefault="001B6F7A" w:rsidP="001B6F7A">
+          <w:p w14:paraId="7711E908" w14:textId="43D8EFEB" w:rsidR="00311470" w:rsidRPr="001B6F7A" w:rsidRDefault="00311470" w:rsidP="00311470">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:spacing w:before="34" w:after="34"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
-                  <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:id w:val="-1955551590"/>
                 <w:placeholder>
-                  <w:docPart w:val="742D49B46F754F669FBEB01F172FCD91"/>
+                  <w:docPart w:val="A58148F2E97C47118C900B9EB2B39FA6"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:value="Wählen Sie ein Element aus."/>
                   <w:listItem w:displayText="Ja." w:value="Ja."/>
                   <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtContent>
-                <w:r w:rsidRPr="00E25A9B">
+              <w:sdtContent/>
+            </w:sdt>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="274226307"/>
+              <w:placeholder>
+                <w:docPart w:val="8DD781C6C8B54CA1831464F744085EDD"/>
+              </w:placeholder>
+              <w:comboBox>
+                <w:listItem w:value="Wählen Sie ein Element aus."/>
+                <w:listItem w:displayText="Ja." w:value="Ja."/>
+                <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
+              </w:comboBox>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="7711E908" w14:textId="43D8EFEB" w:rsidR="00311470" w:rsidRPr="001B6F7A" w:rsidRDefault="00311470" w:rsidP="00311470">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:spacing w:before="34" w:after="34"/>
                   <w:rPr>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>Should others be allowed to leave comments?</w:t>
+                </w:pPr>
+                <w:r w:rsidRPr="00311470">
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>You can choose if others should be allowed to leave comments within the Toolbox.</w:t>
                 </w:r>
-              </w:sdtContent>
-            </w:sdt>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="7711E908" w14:textId="43D8EFEB" w:rsidR="00311470" w:rsidRPr="001B6F7A" w:rsidRDefault="00311470" w:rsidP="00311470">
+            <w:pPr>
+              <w:pStyle w:val="Zeile"/>
+              <w:spacing w:before="34" w:after="34"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18457B85" w14:textId="77777777" w:rsidR="00600E72" w:rsidRPr="001B6F7A" w:rsidRDefault="00600E72" w:rsidP="00337B18">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00600E72" w:rsidRPr="001B6F7A" w:rsidSect="009F6E8B">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
@@ -2677,57 +1938,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C441196" w14:textId="67E02154" w:rsidR="00EC6214" w:rsidRPr="00EC6214" w:rsidRDefault="00EC6214" w:rsidP="008E3041">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -3105,50 +2359,51 @@
     <w:rsid w:val="00205402"/>
     <w:rsid w:val="00212ABB"/>
     <w:rsid w:val="00214F91"/>
     <w:rsid w:val="00221AEF"/>
     <w:rsid w:val="00236FA3"/>
     <w:rsid w:val="00240026"/>
     <w:rsid w:val="00247BB4"/>
     <w:rsid w:val="00251F63"/>
     <w:rsid w:val="0025296B"/>
     <w:rsid w:val="00252D7F"/>
     <w:rsid w:val="002562CE"/>
     <w:rsid w:val="00272B59"/>
     <w:rsid w:val="00275A40"/>
     <w:rsid w:val="0029485E"/>
     <w:rsid w:val="00294FF1"/>
     <w:rsid w:val="002A4FE1"/>
     <w:rsid w:val="002A7963"/>
     <w:rsid w:val="002B537D"/>
     <w:rsid w:val="002C062B"/>
     <w:rsid w:val="002D2030"/>
     <w:rsid w:val="002D3629"/>
     <w:rsid w:val="002F3BB8"/>
     <w:rsid w:val="002F6EF7"/>
     <w:rsid w:val="003002BC"/>
     <w:rsid w:val="003035DA"/>
+    <w:rsid w:val="00311470"/>
     <w:rsid w:val="00337B18"/>
     <w:rsid w:val="00351C8A"/>
     <w:rsid w:val="00356469"/>
     <w:rsid w:val="00356B0F"/>
     <w:rsid w:val="00362014"/>
     <w:rsid w:val="003733A6"/>
     <w:rsid w:val="003758E0"/>
     <w:rsid w:val="00376697"/>
     <w:rsid w:val="003871D9"/>
     <w:rsid w:val="003A7D9D"/>
     <w:rsid w:val="003B640C"/>
     <w:rsid w:val="003B66F2"/>
     <w:rsid w:val="003C6FEA"/>
     <w:rsid w:val="003D1B32"/>
     <w:rsid w:val="003D4DC5"/>
     <w:rsid w:val="003D673E"/>
     <w:rsid w:val="003D7B2C"/>
     <w:rsid w:val="003E3F61"/>
     <w:rsid w:val="003E6519"/>
     <w:rsid w:val="003F0DE5"/>
     <w:rsid w:val="003F710D"/>
     <w:rsid w:val="0040257F"/>
     <w:rsid w:val="00403F98"/>
     <w:rsid w:val="0040634A"/>
     <w:rsid w:val="00411246"/>
@@ -3230,50 +2485,51 @@
     <w:rsid w:val="008A6BED"/>
     <w:rsid w:val="008A7AA7"/>
     <w:rsid w:val="008C3A6A"/>
     <w:rsid w:val="008D4C75"/>
     <w:rsid w:val="008E16ED"/>
     <w:rsid w:val="008E3041"/>
     <w:rsid w:val="008E4FCB"/>
     <w:rsid w:val="008F08AE"/>
     <w:rsid w:val="008F43A2"/>
     <w:rsid w:val="008F61F5"/>
     <w:rsid w:val="00921731"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="00954B55"/>
     <w:rsid w:val="00961585"/>
     <w:rsid w:val="009620BA"/>
     <w:rsid w:val="009654CB"/>
     <w:rsid w:val="0098095B"/>
     <w:rsid w:val="00994EA1"/>
     <w:rsid w:val="00996E9A"/>
     <w:rsid w:val="0099787E"/>
     <w:rsid w:val="009A10EE"/>
     <w:rsid w:val="009A22C6"/>
     <w:rsid w:val="009B0112"/>
     <w:rsid w:val="009B67EE"/>
     <w:rsid w:val="009B7C5E"/>
+    <w:rsid w:val="009C45EA"/>
     <w:rsid w:val="009C5A91"/>
     <w:rsid w:val="009D4996"/>
     <w:rsid w:val="009E562C"/>
     <w:rsid w:val="009E7A87"/>
     <w:rsid w:val="009F0A38"/>
     <w:rsid w:val="009F54C8"/>
     <w:rsid w:val="009F6E8B"/>
     <w:rsid w:val="009F74E7"/>
     <w:rsid w:val="00A00EF5"/>
     <w:rsid w:val="00A11E63"/>
     <w:rsid w:val="00A34676"/>
     <w:rsid w:val="00A37EC7"/>
     <w:rsid w:val="00A46D63"/>
     <w:rsid w:val="00A55548"/>
     <w:rsid w:val="00A674FB"/>
     <w:rsid w:val="00A9306C"/>
     <w:rsid w:val="00AB0992"/>
     <w:rsid w:val="00AB0E23"/>
     <w:rsid w:val="00AB2133"/>
     <w:rsid w:val="00AC5C12"/>
     <w:rsid w:val="00AD228E"/>
     <w:rsid w:val="00AD4E47"/>
     <w:rsid w:val="00AF68BE"/>
     <w:rsid w:val="00B053B1"/>
     <w:rsid w:val="00B06B77"/>
@@ -5128,293 +4384,105 @@
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EC103D31-812E-45B2-870E-FB33F3494F89}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00EB1E11" w:rsidRDefault="00BC59F3" w:rsidP="00BC59F3">
           <w:pPr>
             <w:pStyle w:val="C94FAC5FDAB143D685C4CF7A37593194"/>
           </w:pPr>
           <w:r w:rsidRPr="00005E8A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="CF2AD288E08A4CC9A5DFDA899F3CCC8D"/>
-[...32 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="1089E5A5CDE64F94A04F309AB77E3574"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0DA60C4C-CCB3-4DAD-BFEF-6E4D04A512CD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0036312A" w:rsidRDefault="0036312A" w:rsidP="0036312A">
           <w:pPr>
             <w:pStyle w:val="1089E5A5CDE64F94A04F309AB77E3574"/>
-          </w:pPr>
-[...27 lines deleted...]
-            <w:pStyle w:val="587C301B76CC4F999704D202FB8BA61A"/>
           </w:pPr>
           <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA14121163034843BF74B8FB451AF9D3"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0D410AED-640D-48D0-9E07-0DF92ADF7FF6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E7086B" w:rsidRDefault="00E7086B" w:rsidP="00E7086B">
           <w:pPr>
             <w:pStyle w:val="AA14121163034843BF74B8FB451AF9D3"/>
           </w:pPr>
           <w:r w:rsidRPr="00005E8A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
-          </w:r>
-[...123 lines deleted...]
-            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="16C89D0606AD47499B3FA0B45805BBA4"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E94E3512-E982-4D46-A05E-4A926DB1E0B5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B822CC" w:rsidRDefault="00B822CC" w:rsidP="00B822CC">
           <w:pPr>
             <w:pStyle w:val="16C89D0606AD47499B3FA0B45805BBA4"/>
           </w:pPr>
           <w:r>
@@ -5453,82 +4521,469 @@
       <w:docPartBody>
         <w:p w:rsidR="00B822CC" w:rsidRDefault="00B822CC" w:rsidP="00B822CC">
           <w:pPr>
             <w:pStyle w:val="CA448E99CD064FE9963F7A23A96CB752"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Formatvorlage2"/>
             </w:rPr>
             <w:t>Click or type here to enter text</w:t>
           </w:r>
           <w:r w:rsidRPr="00301DD9">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8E3E009E36CC4986825BFBD731832EE3"/>
+        <w:name w:val="EC5D3ADD9E894001A254F31952A9D0A1"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{733488A9-3650-4DC8-A901-FE7A0A6D6CB2}"/>
+        <w:guid w:val="{5410A2E6-C25A-40DC-9D91-CC56EEADCC26}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B822CC" w:rsidRDefault="00B822CC" w:rsidP="00B822CC">
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
           <w:pPr>
-            <w:pStyle w:val="8E3E009E36CC4986825BFBD731832EE3"/>
+            <w:pStyle w:val="EC5D3ADD9E894001A254F31952A9D0A1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00005E8A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5F2C11B240B94D52BF2D809A0A871E61"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C0CC20AF-8547-4969-88B3-B0A29F05B499}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="5F2C11B240B94D52BF2D809A0A871E61"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Formatvorlage2"/>
             </w:rPr>
             <w:t>Click or type here to enter text</w:t>
           </w:r>
           <w:r w:rsidRPr="00301DD9">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3ED1B3E6E5AC4323A640A47822BD11DB"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{85E9486F-792A-4EC4-B227-D1B4FBDCD502}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="3ED1B3E6E5AC4323A640A47822BD11DB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C574E5">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="167AD735FEE1435A90741072065C8F4B"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ED1F9557-BD21-46B5-88B3-B02321B26E31}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="167AD735FEE1435A90741072065C8F4B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C574E5">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="270374DE5D904217B1C274428607F4B1"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{46C6157D-BFBE-4B14-BA86-747E891E9C15}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="270374DE5D904217B1C274428607F4B1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00005E8A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F8A5795F693A45DCB7E399DD632E720A"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{815C7C93-4676-4B0A-BCFA-7E6F691C88DE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="F8A5795F693A45DCB7E399DD632E720A"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>Click or type here to enter text</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00301DD9">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5ED3278972A6487E9CC5DFE5393AB6FC"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B80959F6-8718-49DA-84C7-305415471984}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="5ED3278972A6487E9CC5DFE5393AB6FC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00005E8A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="603B6FC79B3E4A4E8186B4BDA92455E3"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{552F453C-28DE-4621-B347-47C01AFB3643}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="603B6FC79B3E4A4E8186B4BDA92455E3"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>Click or type here to enter text</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00301DD9">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A58148F2E97C47118C900B9EB2B39FA6"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{085CAFF7-1154-462C-9C7A-7F26279E3068}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="A58148F2E97C47118C900B9EB2B39FA6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008237CC">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CC95881530C14BD8904D89ED473DE918"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{05D9F98A-A9B7-410B-BEB0-201D17BC393F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="CC95881530C14BD8904D89ED473DE918"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00005E8A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="36108145BB6F470BA9E2A127A7262BF1"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2FAAE984-102F-4223-AAE7-0C125F87337D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="36108145BB6F470BA9E2A127A7262BF1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>Click or type here to enter text</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00301DD9">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="32A7392D69BA4CCAA158B644E217CD72"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DF3613BD-EFDF-4203-8939-FF9329EB974F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="32A7392D69BA4CCAA158B644E217CD72"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8DD781C6C8B54CA1831464F744085EDD"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{71854391-FAF5-4DBC-B9E8-2275BC96CABB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A2DDF" w:rsidRDefault="009A2DDF" w:rsidP="009A2DDF">
+          <w:pPr>
+            <w:pStyle w:val="8DD781C6C8B54CA1831464F744085EDD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008237CC">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5568,57 +5023,50 @@
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -5632,52 +5080,54 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF5"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="00104CF5"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001B1C5F"/>
     <w:rsid w:val="001E3841"/>
     <w:rsid w:val="00214F91"/>
     <w:rsid w:val="002D2030"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="0036312A"/>
     <w:rsid w:val="003758E0"/>
     <w:rsid w:val="0040634A"/>
     <w:rsid w:val="00484CEE"/>
     <w:rsid w:val="006F24E1"/>
     <w:rsid w:val="007C4CF6"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="00804919"/>
     <w:rsid w:val="0092651F"/>
+    <w:rsid w:val="009A2DDF"/>
     <w:rsid w:val="009A584C"/>
     <w:rsid w:val="009B10A1"/>
+    <w:rsid w:val="009C45EA"/>
     <w:rsid w:val="00AD4E47"/>
     <w:rsid w:val="00B822CC"/>
     <w:rsid w:val="00BB6380"/>
     <w:rsid w:val="00BC59F3"/>
     <w:rsid w:val="00BD6F02"/>
     <w:rsid w:val="00D52492"/>
     <w:rsid w:val="00E7086B"/>
     <w:rsid w:val="00EB1E11"/>
     <w:rsid w:val="00FC723B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -6097,51 +5547,51 @@
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B822CC"/>
+    <w:rsid w:val="009A2DDF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C916EB8072A4E4AB6C2F2C4EABFA132">
     <w:name w:val="6C916EB8072A4E4AB6C2F2C4EABFA132"/>
     <w:rsid w:val="00BC59F3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="left" w:pos="5768"/>
       </w:tabs>
       <w:spacing w:before="600" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaBold-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaBold-Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C94FAC5FDAB143D685C4CF7A37593194">
@@ -6172,92 +5622,196 @@
       <w:b/>
       <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA14121163034843BF74B8FB451AF9D3">
     <w:name w:val="AA14121163034843BF74B8FB451AF9D3"/>
     <w:rsid w:val="00E7086B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF89DF970370400DB8CD0A83265F638F">
     <w:name w:val="BF89DF970370400DB8CD0A83265F638F"/>
     <w:rsid w:val="00E7086B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1089E5A5CDE64F94A04F309AB77E3574">
     <w:name w:val="1089E5A5CDE64F94A04F309AB77E3574"/>
     <w:rsid w:val="0036312A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="587C301B76CC4F999704D202FB8BA61A">
     <w:name w:val="587C301B76CC4F999704D202FB8BA61A"/>
     <w:rsid w:val="0036312A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4AFDDDE5C6640C0AE6B8B5624C883A4">
-[...9 lines deleted...]
-    <w:rsid w:val="00B822CC"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="373D669C03F74CE7BD18BAAA7ECEF9BF">
+    <w:name w:val="373D669C03F74CE7BD18BAAA7ECEF9BF"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE15D1B5497D4D799FA15137A90AFF7D">
+    <w:name w:val="AE15D1B5497D4D799FA15137A90AFF7D"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="88DA6C18CD1B4E57B10015B29FB3EA93">
+    <w:name w:val="88DA6C18CD1B4E57B10015B29FB3EA93"/>
+    <w:rsid w:val="009A2DDF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="742D49B46F754F669FBEB01F172FCD91">
     <w:name w:val="742D49B46F754F669FBEB01F172FCD91"/>
     <w:rsid w:val="00B822CC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatvorlage2">
     <w:name w:val="Formatvorlage2"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00B822CC"/>
+    <w:rsid w:val="009A2DDF"/>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="4C94D8" w:themeColor="text2" w:themeTint="80"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3D6336D6C1E4BEF96678C7282368584">
     <w:name w:val="D3D6336D6C1E4BEF96678C7282368584"/>
     <w:rsid w:val="00B822CC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="16C89D0606AD47499B3FA0B45805BBA4">
     <w:name w:val="16C89D0606AD47499B3FA0B45805BBA4"/>
     <w:rsid w:val="00B822CC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA448E99CD064FE9963F7A23A96CB752">
     <w:name w:val="CA448E99CD064FE9963F7A23A96CB752"/>
     <w:rsid w:val="00B822CC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8E3E009E36CC4986825BFBD731832EE3">
     <w:name w:val="8E3E009E36CC4986825BFBD731832EE3"/>
     <w:rsid w:val="00B822CC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A39C921BC6A468CA77F8F3A8849EE46">
+    <w:name w:val="2A39C921BC6A468CA77F8F3A8849EE46"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2583344216E64FD5A70379F95E2D8D9F">
+    <w:name w:val="2583344216E64FD5A70379F95E2D8D9F"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C40247F9EC540F5928874CCF437BD75">
+    <w:name w:val="0C40247F9EC540F5928874CCF437BD75"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D5AA251447D477ABFFFD9104164AA4A">
+    <w:name w:val="5D5AA251447D477ABFFFD9104164AA4A"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9839F641B7C04722AC91E6EAAE46A37B">
+    <w:name w:val="9839F641B7C04722AC91E6EAAE46A37B"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E90D041F551E455B977E806CBAB329E5">
+    <w:name w:val="E90D041F551E455B977E806CBAB329E5"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8720BE867E4B4099B14CDC41AAA721C3">
+    <w:name w:val="8720BE867E4B4099B14CDC41AAA721C3"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6C2DDAD0BCE4F1CA03C215352F09B9C">
+    <w:name w:val="E6C2DDAD0BCE4F1CA03C215352F09B9C"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EA95C3E032D4D4A81C34DE280EFB607">
+    <w:name w:val="0EA95C3E032D4D4A81C34DE280EFB607"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC5D3ADD9E894001A254F31952A9D0A1">
+    <w:name w:val="EC5D3ADD9E894001A254F31952A9D0A1"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F2C11B240B94D52BF2D809A0A871E61">
+    <w:name w:val="5F2C11B240B94D52BF2D809A0A871E61"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3ED1B3E6E5AC4323A640A47822BD11DB">
+    <w:name w:val="3ED1B3E6E5AC4323A640A47822BD11DB"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="167AD735FEE1435A90741072065C8F4B">
+    <w:name w:val="167AD735FEE1435A90741072065C8F4B"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3658210742F2427D926644B40CD1F2D5">
+    <w:name w:val="3658210742F2427D926644B40CD1F2D5"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="547D25CB0EBF4FA6B2A89A152FCC2761">
+    <w:name w:val="547D25CB0EBF4FA6B2A89A152FCC2761"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6347DCA6FF9149F1A30ECEDD0287BF7B">
+    <w:name w:val="6347DCA6FF9149F1A30ECEDD0287BF7B"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53096929657D4FB6AB6842470D3E6D57">
+    <w:name w:val="53096929657D4FB6AB6842470D3E6D57"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="270374DE5D904217B1C274428607F4B1">
+    <w:name w:val="270374DE5D904217B1C274428607F4B1"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8A5795F693A45DCB7E399DD632E720A">
+    <w:name w:val="F8A5795F693A45DCB7E399DD632E720A"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5ED3278972A6487E9CC5DFE5393AB6FC">
+    <w:name w:val="5ED3278972A6487E9CC5DFE5393AB6FC"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="603B6FC79B3E4A4E8186B4BDA92455E3">
+    <w:name w:val="603B6FC79B3E4A4E8186B4BDA92455E3"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A58148F2E97C47118C900B9EB2B39FA6">
+    <w:name w:val="A58148F2E97C47118C900B9EB2B39FA6"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CC95881530C14BD8904D89ED473DE918">
+    <w:name w:val="CC95881530C14BD8904D89ED473DE918"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36108145BB6F470BA9E2A127A7262BF1">
+    <w:name w:val="36108145BB6F470BA9E2A127A7262BF1"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32A7392D69BA4CCAA158B644E217CD72">
+    <w:name w:val="32A7392D69BA4CCAA158B644E217CD72"/>
+    <w:rsid w:val="009A2DDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8DD781C6C8B54CA1831464F744085EDD">
+    <w:name w:val="8DD781C6C8B54CA1831464F744085EDD"/>
+    <w:rsid w:val="009A2DDF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 234">
       <a:dk1>
         <a:srgbClr val="373545"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -6502,71 +6056,50 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c2eb7a32e66fb6e4260f3771546a5e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e1f6479c48b08974ba73b5ca973489" ns2:_="" ns3:_="">
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -6733,139 +6266,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3768EA38-F8F0-4D30-AEC5-6AAA6AEFE256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54B27EA3-E61E-4E11-B675-A2E165A303A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Online Dienstprofil-Arbeitsblatt.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>215</Words>
-  <Characters>1359</Characters>
+  <Words>222</Words>
+  <Characters>1405</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1571</CharactersWithSpaces>
+  <CharactersWithSpaces>1624</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla Alibasic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>