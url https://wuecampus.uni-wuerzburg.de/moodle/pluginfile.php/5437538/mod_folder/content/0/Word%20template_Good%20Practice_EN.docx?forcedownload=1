--- v0 (2025-12-05)
+++ v1 (2026-02-11)
@@ -202,59 +202,81 @@
                   <v:f eqn="if @3 @31 0"/>
                   <v:f eqn="if #1 0 @32"/>
                   <v:f eqn="val #0"/>
                   <v:f eqn="val #1"/>
                 </v:formulas>
                 <v:path o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;21600,10800;@34,@35" textboxrect="791,791,20809,20809"/>
                 <v:handles>
                   <v:h position="#0,#1"/>
                 </v:handles>
               </v:shapetype>
               <v:shape id="Sprechblase: rechteckig 4" o:spid="_x0000_s1026" type="#_x0000_t62" style="position:absolute;margin-left:102.6pt;margin-top:28.85pt;width:354.75pt;height:67.2pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC71Z1twgIAAPIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0b+04cdoGdYogWYcB&#10;RVu0HXpWZCnxIIuapMTJfv0o2XHStdhh2EUmxccPPZO8vtnVimyFdRXogg7OU0qE5lBWelXQ7y+3&#10;Z5eUOM90yRRoUdC9cPRm+vnTdWMmIoM1qFJYgkG0mzSmoGvvzSRJHF+LmrlzMEKjUYKtmUfVrpLS&#10;sgaj1yrJ0nScNGBLY4EL5/B20RrpNMaXUnD/IKUTnqiCYm0+njaey3Am02s2WVlm1hXvymD/UEXN&#10;Ko1J+1AL5hnZ2OpdqLriFhxIf86hTkDKiov4BnzNIP3jNc9rZkR8C5LjTE+T+39h+f322TxapKEx&#10;buJQDK/YSVuHL9ZHdpGsfU+W2HnC8XKUp/kwyynhaLvMh6NRZDM5ehvr/FcBNQlCQRtRrsQTbHT5&#10;hL9lzpSCjY+kse2d85G9kmhWY5uw8seAElkr/BlbpshZPkyvLru/dQLK3oCybJSP3oOGp6DBeDy+&#10;CBgstMuL0qHUUIQDVZW3lVJRsavlXFmCRRT0S74YLmIV6PIGpnQAawhubexwkxw5jZLfKxFwSj8J&#10;SaoSWcwiAbHdRZ+HcS60H7SmNStFm36Qp+mB494jPiQGDJEl5u9jdwHCKL2P3VbZ4YOriNPSO6d/&#10;K6x17j1iZtC+d64rDfajAApf1WVu8QeSWmoCS3633CEkiEso94+WWGjH1hl+W2Er3THnH5nF1sCJ&#10;xt3jH/CQCpqCQidRsgb766P7gMfxQSslDc59Qd3PDbOCEvVN42BdDUIjEx+VUX6RoWJPLctTi97U&#10;c8DOwGbF6qIY8F4dRGmhfsUVNQtZ0cQ0x9wF5d4elLlv9xEuOS5mswjD5WCYv9PPhofggeDQoi+7&#10;V2ZNN08eJ/EeDjui6+aW3CM2eGqYbTzIygfjkddOwcUSe6hbgmFzneoRdVzV098AAAD//wMAUEsD&#10;BBQABgAIAAAAIQBiAMUE4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRu&#10;LG1h69o1nQAJOE0qA6nXrAlNoXGqJtvC22NOcLPlT7+/v9pGO7KTnv3gUEC6SIBp7JwasBfw/vZ0&#10;swbmg0QlR4dawLf2sK0vLypZKnfGV33ah55RCPpSCjAhTCXnvjPaSr9wk0a6fbjZykDr3HM1yzOF&#10;25FnSbLiVg5IH4yc9KPR3df+aAXsPp9X+PLQTKYt4i7mTX/bto0Q11fxfgMs6Bj+YPjVJ3Woyeng&#10;jqg8GwVkyTIjVMAyz4ERUKR3NByILLIUeF3x/xXqHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC71Z1twgIAAPIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBiAMUE4AAAAAoBAAAPAAAAAAAAAAAAAAAAABwFAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAKQYAAAAA&#10;" adj="-669,5950" fillcolor="#e5d3d8" stroked="f" strokeweight="2pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="5F9529CD" w14:textId="77777777" w:rsidR="00240026" w:rsidRDefault="00240026" w:rsidP="00240026">
                       <w:pPr>
                         <w:jc w:val="center"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009665CA">
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>from digital teaching</w:t>
+        <w:t>from</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009665CA">
+        <w:rPr>
+          <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> digital </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009665CA">
+        <w:rPr>
+          <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9327" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2199"/>
         <w:gridCol w:w="7128"/>
       </w:tblGrid>
       <w:tr w:rsidR="00240026" w:rsidRPr="00644CC6" w14:paraId="5C441FEF" w14:textId="77777777" w:rsidTr="00CC60F2">
         <w:trPr>
           <w:trHeight w:val="835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -355,351 +377,120 @@
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>erving as a source of inspiration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Titel: max. 86 Zeichen"/>
         <w:id w:val="-1907298504"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="797F3E2F" w14:textId="63BF7AD4" w:rsidR="007A192C" w:rsidRPr="00686696" w:rsidRDefault="002C062B" w:rsidP="00686696">
+        <w:p w14:paraId="797F3E2F" w14:textId="63BF7AD4" w:rsidR="007A192C" w:rsidRPr="00632793" w:rsidRDefault="002C062B" w:rsidP="00686696">
           <w:pPr>
             <w:pStyle w:val="Titel1"/>
             <w:spacing w:before="0"/>
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00644CC6">
+          <w:r w:rsidRPr="00632793">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Titl</w:t>
           </w:r>
-          <w:r w:rsidR="00644CC6" w:rsidRPr="00644CC6">
+          <w:r w:rsidR="00644CC6" w:rsidRPr="00632793">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>e</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Kurzbeschreibung"/>
         <w:id w:val="-888106377"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Kurzbeschreibung: max. 126 Zeichen"/>
             <w:tag w:val="Kurzbeschreibung: max. 126 Zeichen"/>
             <w:id w:val="-494334912"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="359CDB6E" w14:textId="6880414C" w:rsidR="00147A20" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="000F00F1">
               <w:pPr>
                 <w:pStyle w:val="kurzeBeschreibung"/>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="005C6805">
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brief description: </w:t>
-[...5 lines deleted...]
-                <w:t>What is your good practice about? Summarize your entry in just one sentence</w:t>
+                <w:t>Brief description: What is your good practice about? Summarize your entry in just one sentence</w:t>
               </w:r>
               <w:r w:rsidR="009F6A5E" w:rsidRPr="005C6805">
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
-    <w:tbl>
-[...228 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="42466207" w14:textId="65653E91" w:rsidR="00B61473" w:rsidRPr="00DB5403" w:rsidRDefault="00B61473" w:rsidP="00B61473">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB5403">
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -717,1258 +508,124 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>TAGS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9084" w:type="dxa"/>
         <w:tblInd w:w="-11" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Biografie"/>
         <w:tblDescription w:val="Profiltitel, Zusammenfassung der Erfahrungen, Ausbildung, Zertifizierungen, Rezensionen, Digitalfoto von Ihnen"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11"/>
         <w:gridCol w:w="2497"/>
-        <w:gridCol w:w="508"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2921"/>
+        <w:gridCol w:w="6434"/>
         <w:gridCol w:w="142"/>
       </w:tblGrid>
       <w:tr w:rsidR="002014E4" w14:paraId="2C846E5A" w14:textId="77777777" w:rsidTr="003830DD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="11" w:type="dxa"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="1291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="03EFC702" w14:textId="17A47D0C" w:rsidR="002014E4" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="002014E4">
+          <w:p w14:paraId="64F52B21" w14:textId="268B964A" w:rsidR="002014E4" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="002014E4">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C6805">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Which keywords match your content? Enter tags that make your post easy to find.</w:t>
+              <w:t xml:space="preserve">Which keywords match your content? </w:t>
+            </w:r>
+            <w:r w:rsidR="00632793" w:rsidRPr="00D936F1">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Enter tags</w:t>
+            </w:r>
+            <w:r w:rsidR="00632793">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00632793" w:rsidRPr="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that you will later assign to your </w:t>
+            </w:r>
+            <w:r w:rsidR="00632793">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:r w:rsidR="00632793" w:rsidRPr="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> so it can be found more easily</w:t>
+            </w:r>
+            <w:r w:rsidR="00632793">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64F52B21" w14:textId="634EA455" w:rsidR="002014E4" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="002014E4">
-[...1172 lines deleted...]
-          </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC5CA5" w:rsidRPr="00810067" w14:paraId="70528810" w14:textId="77777777" w:rsidTr="002014E4">
         <w:trPr>
           <w:trHeight w:val="1381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="546C96BC" w14:textId="6CC9C873" w:rsidR="00EC5CA5" w:rsidRDefault="00EC5CA5" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1982,51 +639,51 @@
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidR="005C6805">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>INITIAL SITUATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69BE5C39" w14:textId="1EC23572" w:rsidR="002014E4" w:rsidRPr="00810067" w:rsidRDefault="00810067" w:rsidP="008E685E">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00810067">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What situation in your daily university routine sparked your need for change? What kind of changes was your good practice intended to achieve?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64DF948B" w14:textId="348B8801" w:rsidR="00EC5CA5" w:rsidRPr="00810067" w:rsidRDefault="00810067" w:rsidP="008E685E">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -2063,51 +720,51 @@
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2B039B2C" w14:textId="77777777" w:rsidR="00EC5CA5" w:rsidRPr="00810067" w:rsidRDefault="00EC5CA5" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
               <w:id w:val="-1930114627"/>
               <w:placeholder>
                 <w:docPart w:val="40747E1C28424A5F8B3690D92CB46740"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
@@ -2181,51 +838,51 @@
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidR="005C6805">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>APPROACH &amp; RESULTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64FECC23" w14:textId="1E951822" w:rsidR="002014E4" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="002014E4">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C6805">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>How did you implement your good practice? Can your approach be broken down into specific steps or phases? How do you reflect on your method and the results? Can you report on any challenges or opportunities you encountered?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0731C375" w14:textId="18AF5B2F" w:rsidR="008E48EE" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="008E48EE">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -2249,51 +906,51 @@
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="59AEC9C4" w14:textId="77777777" w:rsidR="008E48EE" w:rsidRPr="005C6805" w:rsidRDefault="008E48EE" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
               <w:id w:val="-2017461607"/>
               <w:placeholder>
                 <w:docPart w:val="1FE0735C2F8A44A7AE0857E34065EE84"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
@@ -2364,85 +1021,114 @@
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; TOOLS </w:t>
             </w:r>
             <w:r w:rsidR="005C6805">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>AND TECHNOLOGY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6C4F7975" w14:textId="16205D16" w:rsidR="00CC09AF" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C6805">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>List the tool or combination of tools that are necessary for your module and briefly explain their functions. Do you have any specific recommendations – e.g. particular tools, devices or rooms needed</w:t>
+              <w:t xml:space="preserve">List the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C6805">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tool</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C6805">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C6805">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>combination</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C6805">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of tools that are necessary for your module and briefly explain their functions. Do you have any specific recommendations – e.g. particular tools, devices or rooms needed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1295D8F8" w14:textId="2775C8D9" w:rsidR="005C6805" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="005C6805">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C6805">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Tip: Create entries to add the tools you've used, or link to tools or infrastructure that have already been listed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1729C089" w14:textId="19B1642F" w:rsidR="003B66F2" w:rsidRPr="005C6805" w:rsidRDefault="003B66F2" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
               <w:id w:val="749463219"/>
               <w:placeholder>
                 <w:docPart w:val="91F0238113974C7A87D178AE32884184"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
@@ -2464,404 +1150,547 @@
                 <w:r w:rsidRPr="00E92A8F">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or type here t</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>o enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B66F2" w:rsidRPr="00E92A8F" w14:paraId="610DB201" w14:textId="77777777" w:rsidTr="008E48EE">
+      <w:tr w:rsidR="00632793" w:rsidRPr="00E92A8F" w14:paraId="234F8D98" w14:textId="77777777" w:rsidTr="008E48EE">
         <w:trPr>
-          <w:trHeight w:val="845"/>
+          <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="74D011C9" w14:textId="36608E0B" w:rsidR="003B66F2" w:rsidRDefault="003B66F2" w:rsidP="0027154F">
-[...4 lines deleted...]
-              <w:outlineLvl w:val="0"/>
+          <w:sdt>
+            <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:id w:val="-767688294"/>
+              <w:placeholder>
+                <w:docPart w:val="503C6EF2D1DB4B55878432DAA8FE62B6"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="01C5B356" w14:textId="5C848114" w:rsidR="00632793" w:rsidRDefault="00632793" w:rsidP="00632793">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
+                  <w:spacing w:after="120"/>
+                  <w:outlineLvl w:val="0"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>&gt; ADDITIONAL INFORMATION</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6576" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:id w:val="1246537072"/>
+              <w:placeholder>
+                <w:docPart w:val="C5080878D5FC45BAA8BC5ED0683D54F0"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="27DED39B" w14:textId="77777777" w:rsidR="00632793" w:rsidRPr="005C6805" w:rsidRDefault="00632793" w:rsidP="00632793">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="de-DE"/>
+                    </w:rPr>
+                    <w:id w:val="547891043"/>
+                    <w:placeholder>
+                      <w:docPart w:val="FAE5065CD979489F8F9B6B45550752FD"/>
+                    </w:placeholder>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidRPr="005C6805">
+                      <w:rPr>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Missing a category? You can add it here.</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:p>
+              <w:p w14:paraId="187D8B23" w14:textId="2A68BB26" w:rsidR="00632793" w:rsidRPr="005C6805" w:rsidRDefault="00632793" w:rsidP="00632793">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00632793" w:rsidRPr="00E92A8F" w14:paraId="54A5AE59" w14:textId="77777777" w:rsidTr="008E48EE">
+        <w:trPr>
+          <w:trHeight w:val="744"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2508" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B6CEEF" w14:textId="729CA840" w:rsidR="00632793" w:rsidRDefault="00632793" w:rsidP="00632793">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">&gt; </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005C6805">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>BIBLIOGRAPHY</w:t>
+              <w:t>&gt; APPENDIX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3A07183B" w14:textId="0ED6AC99" w:rsidR="00DF098B" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="0027154F">
+          <w:p w14:paraId="672D6C6E" w14:textId="7EEFA4FE" w:rsidR="00632793" w:rsidRPr="005C6805" w:rsidRDefault="00632793" w:rsidP="00632793">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C6805">
+            <w:r w:rsidRPr="00810067">
               <w:rPr>
                 <w:bCs/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Here you can list references, supplementary literature, and recommended reading on the topic of your entry</w:t>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In the online form you can upload a file that is relevant to your </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>good practice</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810067">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+              </w:rPr>
+              <w:t>. This can be additional materials, forms, or even a print version of the entry. Please combine multiple files into a single .zip file. The file must not exceed 100 MB.</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E17DC1" w:rsidRPr="00E92A8F" w14:paraId="5CAE0909" w14:textId="77777777" w:rsidTr="008E48EE">
+        <w:trPr>
+          <w:trHeight w:val="744"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2508" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="595B9668" w14:textId="287BA9D6" w:rsidR="00E17DC1" w:rsidRDefault="00E17DC1" w:rsidP="00632793">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; LIST OF AUTHORS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6576" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
-              <w:id w:val="1924832142"/>
+              <w:id w:val="1449040998"/>
               <w:placeholder>
-                <w:docPart w:val="7A204BCC2EEC449789E40847E49D40AA"/>
+                <w:docPart w:val="E706B3713B15457A92A30680294E4F93"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w14:paraId="6D473D75" w14:textId="4D6B7EFB" w:rsidR="004B4CDB" w:rsidRPr="00E92A8F" w:rsidRDefault="00E92A8F" w:rsidP="004B4CDB">
+              <w:p w14:paraId="29A5E77A" w14:textId="6293D25B" w:rsidR="00E17DC1" w:rsidRPr="00E17DC1" w:rsidRDefault="00E17DC1" w:rsidP="00E17DC1">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:rPr>
                     <w:b w:val="0"/>
-                    <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E92A8F">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or type here t</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>o enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC09AF" w:rsidRPr="0028365D" w14:paraId="25CCDA38" w14:textId="77777777" w:rsidTr="008E48EE">
+      <w:tr w:rsidR="00632793" w:rsidRPr="00E92A8F" w14:paraId="610DB201" w14:textId="77777777" w:rsidTr="008E48EE">
         <w:trPr>
           <w:trHeight w:val="845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="74D011C9" w14:textId="36608E0B" w:rsidR="00632793" w:rsidRDefault="00632793" w:rsidP="00632793">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:id w:val="943269619"/>
-[...48 lines deleted...]
-          </w:sdt>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; BIBLIOGRAPHY</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:id w:val="1493364875"/>
+              <w:id w:val="-1940672268"/>
               <w:placeholder>
-                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                <w:docPart w:val="94B1E8C616A148D199D5FE999CD57BCE"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7840ED91" w14:textId="79AD870B" w:rsidR="005C6805" w:rsidRPr="005C6805" w:rsidRDefault="005C6805" w:rsidP="005C6805">
+              <w:p w14:paraId="6990267B" w14:textId="77777777" w:rsidR="00E17DC1" w:rsidRPr="00E25A9B" w:rsidRDefault="00E17DC1" w:rsidP="00E17DC1">
                 <w:pPr>
                   <w:pStyle w:val="Zeile"/>
                   <w:rPr>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:sdt>
-[...22 lines deleted...]
-                  <w:pStyle w:val="Zeile"/>
+                <w:r w:rsidRPr="004C19BE">
                   <w:rPr>
                     <w:szCs w:val="20"/>
-                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>This section provides space for references to sources used, supplementary academic literature, and recommended readings related to the topic of your entry.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="-1847084851"/>
+              <w:placeholder>
+                <w:docPart w:val="98DFD9112A854C42A08DD073F0A5787D"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="6D473D75" w14:textId="7E382AD5" w:rsidR="00632793" w:rsidRPr="00E17DC1" w:rsidRDefault="00E17DC1" w:rsidP="00632793">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:rPr>
+                    <w:b w:val="0"/>
+                    <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
+                <w:r w:rsidRPr="00E92A8F">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or type here t</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>o enter text.</w:t>
+                </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E685E" w:rsidRPr="005C6805" w14:paraId="5E76B10D" w14:textId="77777777" w:rsidTr="008E48EE">
+      <w:tr w:rsidR="00632793" w:rsidRPr="005C6805" w14:paraId="5E76B10D" w14:textId="77777777" w:rsidTr="008E48EE">
         <w:trPr>
           <w:trHeight w:val="845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF06CC4" w14:textId="594EF27D" w:rsidR="008E685E" w:rsidRDefault="008E685E" w:rsidP="008E685E">
+          <w:p w14:paraId="2DF06CC4" w14:textId="594EF27D" w:rsidR="00632793" w:rsidRDefault="00632793" w:rsidP="00632793">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">&gt; </w:t>
-[...11 lines deleted...]
-              <w:t>COMMENTS</w:t>
+              <w:t>&gt; COMMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="7B89545F" w14:textId="3EACBAA8" w:rsidR="00632793" w:rsidRPr="005C6805" w:rsidRDefault="00632793" w:rsidP="00632793">
+            <w:pPr>
+              <w:pStyle w:val="Zeile"/>
+              <w:spacing w:before="32" w:after="32"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="-1392190774"/>
-[...12 lines deleted...]
-                  <w:pStyle w:val="Zeile"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="de-DE"/>
+                </w:rPr>
+                <w:id w:val="-1955551590"/>
+                <w:placeholder>
+                  <w:docPart w:val="D1E1D89244B5487F94F28A1867290E14"/>
+                </w:placeholder>
+                <w:comboBox>
+                  <w:listItem w:value="Wählen Sie ein Element aus."/>
+                  <w:listItem w:displayText="Ja." w:value="Ja."/>
+                  <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
+                </w:comboBox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
                   <w:rPr>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                </w:pPr>
-[...4 lines deleted...]
-                  <w:t>Should others be allowed to leave comments?</w:t>
+                  <w:t>You can choose if others should be allowed to leave comments within the Toolbox.</w:t>
                 </w:r>
-              </w:p>
-[...8 lines deleted...]
-            </w:pPr>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3523F01C" w14:textId="77777777" w:rsidR="00EE455A" w:rsidRPr="005C6805" w:rsidRDefault="00EE455A" w:rsidP="00D1545F">
       <w:pPr>
         <w:pStyle w:val="Kontrollkstchen"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EE455A" w:rsidRPr="005C6805" w:rsidSect="009F6E8B">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -2949,57 +1778,50 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C441196" w14:textId="67E02154" w:rsidR="00EC6214" w:rsidRPr="00EC6214" w:rsidRDefault="00EC6214" w:rsidP="008E3041">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -3274,51 +2096,51 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="316615611">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="104547491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1722241608">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:formsDesign/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -3421,50 +2243,51 @@
     <w:rsid w:val="004D7A8A"/>
     <w:rsid w:val="004E3132"/>
     <w:rsid w:val="004E3858"/>
     <w:rsid w:val="004F2F0E"/>
     <w:rsid w:val="004F4395"/>
     <w:rsid w:val="005124AD"/>
     <w:rsid w:val="00535995"/>
     <w:rsid w:val="005361AF"/>
     <w:rsid w:val="00536462"/>
     <w:rsid w:val="00537C9C"/>
     <w:rsid w:val="005443B6"/>
     <w:rsid w:val="00566760"/>
     <w:rsid w:val="0057103D"/>
     <w:rsid w:val="0058224E"/>
     <w:rsid w:val="00593BAB"/>
     <w:rsid w:val="00594B8F"/>
     <w:rsid w:val="005A234E"/>
     <w:rsid w:val="005C0FF8"/>
     <w:rsid w:val="005C6805"/>
     <w:rsid w:val="005E2C88"/>
     <w:rsid w:val="005F0E29"/>
     <w:rsid w:val="005F6C13"/>
     <w:rsid w:val="006030ED"/>
     <w:rsid w:val="00622D28"/>
     <w:rsid w:val="0063236A"/>
+    <w:rsid w:val="00632793"/>
     <w:rsid w:val="00632991"/>
     <w:rsid w:val="00644CC6"/>
     <w:rsid w:val="006676AB"/>
     <w:rsid w:val="00670A62"/>
     <w:rsid w:val="00675754"/>
     <w:rsid w:val="00677ED4"/>
     <w:rsid w:val="006832A4"/>
     <w:rsid w:val="00685367"/>
     <w:rsid w:val="00686696"/>
     <w:rsid w:val="00694E8F"/>
     <w:rsid w:val="006A09A4"/>
     <w:rsid w:val="006A79B1"/>
     <w:rsid w:val="006D14CB"/>
     <w:rsid w:val="006E0AF4"/>
     <w:rsid w:val="00700BE4"/>
     <w:rsid w:val="007039EB"/>
     <w:rsid w:val="00704281"/>
     <w:rsid w:val="00727389"/>
     <w:rsid w:val="00730026"/>
     <w:rsid w:val="00732262"/>
     <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00746031"/>
     <w:rsid w:val="007A192C"/>
     <w:rsid w:val="007A7518"/>
     <w:rsid w:val="007C4FB8"/>
@@ -3484,50 +2307,51 @@
     <w:rsid w:val="008A6BED"/>
     <w:rsid w:val="008A7AA7"/>
     <w:rsid w:val="008C3A6A"/>
     <w:rsid w:val="008D4C75"/>
     <w:rsid w:val="008E16ED"/>
     <w:rsid w:val="008E3041"/>
     <w:rsid w:val="008E48EE"/>
     <w:rsid w:val="008E4FCB"/>
     <w:rsid w:val="008E685E"/>
     <w:rsid w:val="008F08AE"/>
     <w:rsid w:val="008F43A2"/>
     <w:rsid w:val="009059EA"/>
     <w:rsid w:val="00917A5F"/>
     <w:rsid w:val="00921731"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="00954B55"/>
     <w:rsid w:val="00961585"/>
     <w:rsid w:val="009620BA"/>
     <w:rsid w:val="009654CB"/>
     <w:rsid w:val="009665CA"/>
     <w:rsid w:val="0098095B"/>
     <w:rsid w:val="009A10EE"/>
     <w:rsid w:val="009A22C6"/>
     <w:rsid w:val="009B67EE"/>
     <w:rsid w:val="009B7C5E"/>
+    <w:rsid w:val="009C45EA"/>
     <w:rsid w:val="009C5A91"/>
     <w:rsid w:val="009D4996"/>
     <w:rsid w:val="009E562C"/>
     <w:rsid w:val="009F54C8"/>
     <w:rsid w:val="009F6A5E"/>
     <w:rsid w:val="009F6E8B"/>
     <w:rsid w:val="00A00EF5"/>
     <w:rsid w:val="00A11E63"/>
     <w:rsid w:val="00A34676"/>
     <w:rsid w:val="00A46D63"/>
     <w:rsid w:val="00A55548"/>
     <w:rsid w:val="00A674FB"/>
     <w:rsid w:val="00A9306C"/>
     <w:rsid w:val="00AB0992"/>
     <w:rsid w:val="00AB0E23"/>
     <w:rsid w:val="00AB2133"/>
     <w:rsid w:val="00AC5C12"/>
     <w:rsid w:val="00AD228E"/>
     <w:rsid w:val="00AF68BE"/>
     <w:rsid w:val="00B01852"/>
     <w:rsid w:val="00B053B1"/>
     <w:rsid w:val="00B232E7"/>
     <w:rsid w:val="00B307D5"/>
     <w:rsid w:val="00B46F32"/>
     <w:rsid w:val="00B5136E"/>
@@ -3555,50 +2379,51 @@
     <w:rsid w:val="00CC60F2"/>
     <w:rsid w:val="00CD2919"/>
     <w:rsid w:val="00CD4847"/>
     <w:rsid w:val="00CE21B8"/>
     <w:rsid w:val="00D00F27"/>
     <w:rsid w:val="00D0334A"/>
     <w:rsid w:val="00D107A5"/>
     <w:rsid w:val="00D1545F"/>
     <w:rsid w:val="00D2275F"/>
     <w:rsid w:val="00D246BE"/>
     <w:rsid w:val="00D26F8A"/>
     <w:rsid w:val="00D337E7"/>
     <w:rsid w:val="00D34985"/>
     <w:rsid w:val="00D466C8"/>
     <w:rsid w:val="00D901EB"/>
     <w:rsid w:val="00D913E3"/>
     <w:rsid w:val="00D956C2"/>
     <w:rsid w:val="00DA1018"/>
     <w:rsid w:val="00DB5403"/>
     <w:rsid w:val="00DC7873"/>
     <w:rsid w:val="00DE07DA"/>
     <w:rsid w:val="00DE7E14"/>
     <w:rsid w:val="00DF098B"/>
     <w:rsid w:val="00DF6BAE"/>
     <w:rsid w:val="00E13E6F"/>
+    <w:rsid w:val="00E17DC1"/>
     <w:rsid w:val="00E25039"/>
     <w:rsid w:val="00E566B8"/>
     <w:rsid w:val="00E77ECD"/>
     <w:rsid w:val="00E92A8F"/>
     <w:rsid w:val="00EA2EC9"/>
     <w:rsid w:val="00EA6F29"/>
     <w:rsid w:val="00EC2B7D"/>
     <w:rsid w:val="00EC4F32"/>
     <w:rsid w:val="00EC5CA5"/>
     <w:rsid w:val="00EC6214"/>
     <w:rsid w:val="00ED015C"/>
     <w:rsid w:val="00ED727B"/>
     <w:rsid w:val="00EE1CD0"/>
     <w:rsid w:val="00EE455A"/>
     <w:rsid w:val="00F220C8"/>
     <w:rsid w:val="00F26D71"/>
     <w:rsid w:val="00F5370F"/>
     <w:rsid w:val="00F67C00"/>
     <w:rsid w:val="00F71D68"/>
     <w:rsid w:val="00F80CED"/>
     <w:rsid w:val="00F87308"/>
     <w:rsid w:val="00F92D35"/>
     <w:rsid w:val="00F92D39"/>
     <w:rsid w:val="00F963B3"/>
     <w:rsid w:val="00FA2B6E"/>
@@ -4040,50 +2865,51 @@
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008F43A2"/>
     <w:pPr>
       <w:keepNext/>
       <w:shd w:val="clear" w:color="auto" w:fill="398E98" w:themeFill="accent2"/>
       <w:spacing w:before="400"/>
       <w:ind w:firstLine="446"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
@@ -5151,431 +3977,400 @@
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{83891F8A-557D-448D-BAD9-CD008D8C9EA7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00104CF5" w:rsidRDefault="00104CF5">
           <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="44F576BF81A84F0990943648A9188D38"/>
-[...106 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="40747E1C28424A5F8B3690D92CB46740"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB6CCACB-E4CB-478E-98DA-18A5DDFD7AD7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00766243" w:rsidRDefault="00EF39E9" w:rsidP="00EF39E9">
+        <w:p w:rsidR="00766243" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
           <w:pPr>
-            <w:pStyle w:val="40747E1C28424A5F8B3690D92CB46740"/>
+            <w:pStyle w:val="40747E1C28424A5F8B3690D92CB467401"/>
           </w:pPr>
-          <w:r w:rsidRPr="002B537D">
+          <w:r w:rsidRPr="00E92A8F">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t>Klicke</w:t>
+            <w:t>Click or type here t</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+            <w:t>o enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1FE0735C2F8A44A7AE0857E34065EE84"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BF6CAF6A-93E3-44B6-A3D8-E7A2A274EF3B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00766243" w:rsidRDefault="00EF39E9" w:rsidP="00EF39E9">
+        <w:p w:rsidR="00766243" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
           <w:pPr>
-            <w:pStyle w:val="1FE0735C2F8A44A7AE0857E34065EE84"/>
+            <w:pStyle w:val="1FE0735C2F8A44A7AE0857E34065EE841"/>
           </w:pPr>
-          <w:r w:rsidRPr="002B537D">
+          <w:r w:rsidRPr="00E92A8F">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t>Klicke</w:t>
+            <w:t>Click or type here t</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...36 lines deleted...]
-            <w:t>Wählen Sie ein Element aus.</w:t>
+            <w:t>o enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="91F0238113974C7A87D178AE32884184"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{639793A9-3C94-4658-8BCC-5C8FC2F0151F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00960755" w:rsidRDefault="00EF39E9" w:rsidP="00EF39E9">
+        <w:p w:rsidR="00960755" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
           <w:pPr>
-            <w:pStyle w:val="91F0238113974C7A87D178AE328841841"/>
+            <w:pStyle w:val="91F0238113974C7A87D178AE32884184"/>
           </w:pPr>
-          <w:r w:rsidRPr="002B537D">
+          <w:r w:rsidRPr="00E92A8F">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t>Klicke</w:t>
+            <w:t>Click or type here t</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+            <w:t>o enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7A204BCC2EEC449789E40847E49D40AA"/>
+        <w:name w:val="503C6EF2D1DB4B55878432DAA8FE62B6"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{59DE31D7-FAF4-4590-B134-E12F9A8F4D6E}"/>
+        <w:guid w:val="{62EBC003-1373-409A-91E1-09A8DA15AABC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00960755" w:rsidRDefault="00EF39E9" w:rsidP="00EF39E9">
+        <w:p w:rsidR="00BA1BA9" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
           <w:pPr>
-            <w:pStyle w:val="7A204BCC2EEC449789E40847E49D40AA1"/>
+            <w:pStyle w:val="503C6EF2D1DB4B55878432DAA8FE62B6"/>
           </w:pPr>
-          <w:r w:rsidRPr="002B537D">
+          <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:b w:val="0"/>
-[...3 lines deleted...]
-              <w:lang w:val="de-DE"/>
             </w:rPr>
-            <w:t>Klicke</w:t>
-[...21 lines deleted...]
-            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D59FF0EA95BB48C3BCFC039BD41B39E6"/>
+        <w:name w:val="C5080878D5FC45BAA8BC5ED0683D54F0"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8C7AF564-4A38-4866-BF9B-53521F4BD90D}"/>
+        <w:guid w:val="{F7388393-E70F-4309-95AA-5339B1569929}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EF39E9" w:rsidRDefault="00EF39E9" w:rsidP="00EF39E9">
+        <w:p w:rsidR="00BA1BA9" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
           <w:pPr>
-            <w:pStyle w:val="D59FF0EA95BB48C3BCFC039BD41B39E6"/>
+            <w:pStyle w:val="C5080878D5FC45BAA8BC5ED0683D54F0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FAE5065CD979489F8F9B6B45550752FD"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AD25EC40-DF8C-40D6-BF58-F8766FAE3AC6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BA1BA9" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
+          <w:pPr>
+            <w:pStyle w:val="FAE5065CD979489F8F9B6B45550752FD"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D1E1D89244B5487F94F28A1867290E14"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{89B1E086-DD63-4833-BF84-F434E1B11C74}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BA1BA9" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
+          <w:pPr>
+            <w:pStyle w:val="D1E1D89244B5487F94F28A1867290E14"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008237CC">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="94B1E8C616A148D199D5FE999CD57BCE"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C72EE1BC-0DD6-4D6B-A85F-63035D67CC7E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BA1BA9" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
+          <w:pPr>
+            <w:pStyle w:val="94B1E8C616A148D199D5FE999CD57BCE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="98DFD9112A854C42A08DD073F0A5787D"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{58236AC6-EABE-4494-82E7-4C2E498E7531}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BA1BA9" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
+          <w:pPr>
+            <w:pStyle w:val="98DFD9112A854C42A08DD073F0A5787D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E92A8F">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Click or type here t</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>o enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E706B3713B15457A92A30680294E4F93"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7C358F34-B6AB-4F77-B642-0855C4A60578}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BA1BA9" w:rsidRDefault="00BA1BA9" w:rsidP="00BA1BA9">
+          <w:pPr>
+            <w:pStyle w:val="E706B3713B15457A92A30680294E4F93"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E92A8F">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Click or type here t</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>o enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5621,108 +4416,103 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF5"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="000C7F75"/>
     <w:rsid w:val="00104CF5"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="0040634A"/>
     <w:rsid w:val="004E3132"/>
     <w:rsid w:val="00535995"/>
     <w:rsid w:val="00694E8F"/>
     <w:rsid w:val="00766243"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007D6265"/>
     <w:rsid w:val="00917A5F"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="00960755"/>
+    <w:rsid w:val="009C45EA"/>
     <w:rsid w:val="00A52A15"/>
     <w:rsid w:val="00B177F8"/>
+    <w:rsid w:val="00BA1BA9"/>
     <w:rsid w:val="00D901EB"/>
     <w:rsid w:val="00DE7E14"/>
     <w:rsid w:val="00EF39E9"/>
     <w:rsid w:val="00FC723B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -5881,51 +4671,51 @@
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="0"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
@@ -6136,186 +4926,250 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EF39E9"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00EF39E9"/>
+    <w:rsid w:val="00BA1BA9"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23C6DE3150644D37BAA8A022F0E0E09A">
+    <w:name w:val="23C6DE3150644D37BAA8A022F0E0E09A"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96177DA79F12492C9C1E0096781DAF7D">
+    <w:name w:val="96177DA79F12492C9C1E0096781DAF7D"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C8FAD4B3874848D09FD5206D50B9F9E1">
+    <w:name w:val="C8FAD4B3874848D09FD5206D50B9F9E1"/>
+    <w:rsid w:val="00BA1BA9"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D59FF0EA95BB48C3BCFC039BD41B39E6">
     <w:name w:val="D59FF0EA95BB48C3BCFC039BD41B39E6"/>
     <w:rsid w:val="00EF39E9"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CBD726C7BCE2426192914DF6A9E4313D">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF39E9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="364921A90CE34D3595DAD2EC6AF69E80">
+    <w:name w:val="364921A90CE34D3595DAD2EC6AF69E80"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="503C6EF2D1DB4B55878432DAA8FE62B6">
+    <w:name w:val="503C6EF2D1DB4B55878432DAA8FE62B6"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5080878D5FC45BAA8BC5ED0683D54F0">
+    <w:name w:val="C5080878D5FC45BAA8BC5ED0683D54F0"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FAE5065CD979489F8F9B6B45550752FD">
+    <w:name w:val="FAE5065CD979489F8F9B6B45550752FD"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CE6CCF5824C04DACB787985AEA87B820">
+    <w:name w:val="CE6CCF5824C04DACB787985AEA87B820"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6EFD3008363E42749376168FFB988C01">
+    <w:name w:val="6EFD3008363E42749376168FFB988C01"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06E0DCFF9552498C837D326FCF4BEBD2">
+    <w:name w:val="06E0DCFF9552498C837D326FCF4BEBD2"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatvorlage1">
+    <w:name w:val="Formatvorlage1"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00BA1BA9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="MetaNormal-Roman" w:hAnsi="MetaNormal-Roman"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CBD726C7BCE2426192914DF6A9E4313D1">
+    <w:name w:val="CBD726C7BCE2426192914DF6A9E4313D1"/>
+    <w:rsid w:val="00BA1BA9"/>
     <w:pPr>
       <w:spacing w:before="50" w:after="50" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="44F576BF81A84F0990943648A9188D38">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF39E9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="44F576BF81A84F0990943648A9188D381">
+    <w:name w:val="44F576BF81A84F0990943648A9188D381"/>
+    <w:rsid w:val="00BA1BA9"/>
     <w:pPr>
       <w:spacing w:before="50" w:after="50" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6431F697DBD645E79CE1EEEC4EDFBF05">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF39E9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6431F697DBD645E79CE1EEEC4EDFBF051">
+    <w:name w:val="6431F697DBD645E79CE1EEEC4EDFBF051"/>
+    <w:rsid w:val="00BA1BA9"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40747E1C28424A5F8B3690D92CB46740">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF39E9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40747E1C28424A5F8B3690D92CB467401">
+    <w:name w:val="40747E1C28424A5F8B3690D92CB467401"/>
+    <w:rsid w:val="00BA1BA9"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FE0735C2F8A44A7AE0857E34065EE84">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF39E9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FE0735C2F8A44A7AE0857E34065EE841">
+    <w:name w:val="1FE0735C2F8A44A7AE0857E34065EE841"/>
+    <w:rsid w:val="00BA1BA9"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91F0238113974C7A87D178AE328841841">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF39E9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91F0238113974C7A87D178AE32884184">
+    <w:name w:val="91F0238113974C7A87D178AE32884184"/>
+    <w:rsid w:val="00BA1BA9"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A204BCC2EEC449789E40847E49D40AA1">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF39E9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A204BCC2EEC449789E40847E49D40AA">
+    <w:name w:val="7A204BCC2EEC449789E40847E49D40AA"/>
+    <w:rsid w:val="00BA1BA9"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EB67146AAC014541BABF1D5723B62BCB">
+    <w:name w:val="EB67146AAC014541BABF1D5723B62BCB"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1E1D89244B5487F94F28A1867290E14">
+    <w:name w:val="D1E1D89244B5487F94F28A1867290E14"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="94B1E8C616A148D199D5FE999CD57BCE">
+    <w:name w:val="94B1E8C616A148D199D5FE999CD57BCE"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B1EFA5C82364B85B07A87F75D07541F">
+    <w:name w:val="4B1EFA5C82364B85B07A87F75D07541F"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="98DFD9112A854C42A08DD073F0A5787D">
+    <w:name w:val="98DFD9112A854C42A08DD073F0A5787D"/>
+    <w:rsid w:val="00BA1BA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E706B3713B15457A92A30680294E4F93">
+    <w:name w:val="E706B3713B15457A92A30680294E4F93"/>
+    <w:rsid w:val="00BA1BA9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 234">
       <a:dk1>
         <a:srgbClr val="373545"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -6560,71 +5414,50 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c2eb7a32e66fb6e4260f3771546a5e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e1f6479c48b08974ba73b5ca973489" ns2:_="" ns3:_="">
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -6791,139 +5624,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3768EA38-F8F0-4D30-AEC5-6AAA6AEFE256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54B27EA3-E61E-4E11-B675-A2E165A303A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Online Dienstprofil-Arbeitsblatt.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>304</Words>
-  <Characters>1919</Characters>
+  <Words>287</Words>
+  <Characters>1814</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2219</CharactersWithSpaces>
+  <CharactersWithSpaces>2097</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla Alibasic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>
   </property>