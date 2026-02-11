--- v0 (2025-12-05)
+++ v1 (2026-02-11)
@@ -346,312 +346,129 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A53B8">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Building blocks are simply structured tutorials for using various digital tools and software in teaching and learning. They can be used for different scenarios and, if needed, combined with other building blocks. </w:t>
             </w:r>
             <w:r w:rsidRPr="002A53B8">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Designed for replication and inspiration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FB9685B" w14:textId="178E12A3" w:rsidR="008F61F5" w:rsidRPr="008F61F5" w:rsidRDefault="00032531" w:rsidP="008F61F5">
+    <w:p w14:paraId="7FB9685B" w14:textId="178E12A3" w:rsidR="008F61F5" w:rsidRPr="008F61F5" w:rsidRDefault="0044353E" w:rsidP="008F61F5">
       <w:pPr>
         <w:pStyle w:val="Titel1"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Titel: max. 86 Zeichen"/>
           <w:tag w:val="Titel"/>
           <w:id w:val="-2086592433"/>
           <w:placeholder>
             <w:docPart w:val="6C916EB8072A4E4AB6C2F2C4EABFA132"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001014BE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Tit</w:t>
           </w:r>
           <w:r w:rsidR="00301DD9">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>le</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Kurzbeschreibung: max. 126 Zeichen"/>
         <w:id w:val="-888106377"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="6905DCB6" w14:textId="0C494D5C" w:rsidR="001014BE" w:rsidRPr="002A53B8" w:rsidRDefault="002A53B8" w:rsidP="00703403">
+        <w:p w14:paraId="6905DCB6" w14:textId="4E86CD2F" w:rsidR="001014BE" w:rsidRPr="002A53B8" w:rsidRDefault="00305D81" w:rsidP="00703403">
           <w:pPr>
             <w:pStyle w:val="kurzeBeschreibung"/>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="002A53B8">
+          <w:r w:rsidRPr="00305D81">
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Shor</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t xml:space="preserve">t description: </w:t>
+          </w:r>
+          <w:r w:rsidR="002A53B8" w:rsidRPr="002A53B8">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Explain what your building block can do in just one sentence!</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:tbl>
-[...193 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="42466207" w14:textId="79B4359D" w:rsidR="00B61473" w:rsidRPr="00DB5403" w:rsidRDefault="00B61473" w:rsidP="00600E72">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB5403">
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -677,1340 +494,216 @@
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>AGS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3005"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2921"/>
+        <w:gridCol w:w="8931"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B816F9" w:rsidRPr="00D936F1" w14:paraId="4C6F5DFD" w14:textId="77777777" w:rsidTr="00D97504">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="169E3A32" w14:textId="7D113BCA" w:rsidR="00B816F9" w:rsidRPr="00D936F1" w:rsidRDefault="00D936F1" w:rsidP="00B816F9">
+          <w:p w14:paraId="169E3A32" w14:textId="2781503A" w:rsidR="00B816F9" w:rsidRPr="00D936F1" w:rsidRDefault="00D936F1" w:rsidP="00B816F9">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk195276167"/>
             <w:r w:rsidRPr="00D936F1">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Which keywords match your content?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D936F1">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Enter tags that make y</w:t>
+              <w:t>Enter tags</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00305D81">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>our post easy to find.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00305D81" w:rsidRPr="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that you will later assign to your </w:t>
+            </w:r>
+            <w:r w:rsidR="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:r w:rsidR="00305D81" w:rsidRPr="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> so it can be found more easily</w:t>
+            </w:r>
+            <w:r w:rsidR="00305D81">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F2B552C" w14:textId="392FCECF" w:rsidR="00B816F9" w:rsidRPr="00B816F9" w:rsidRDefault="00D936F1" w:rsidP="00B816F9">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="2044247453"/>
+              <w:placeholder>
+                <w:docPart w:val="3B42BB28E91D44EBB79837819950CEAB"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-            </w:pPr>
-[...50 lines deleted...]
-                <w:r w:rsidR="00B816F9" w:rsidRPr="00B816F9">
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="4F2B552C" w14:textId="0241E82D" w:rsidR="00B816F9" w:rsidRPr="004C19BE" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
+                    <w:sz w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00301DD9">
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                    <w:b w:val="0"/>
+                  </w:rPr>
+                  <w:t>Click or type h</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                    <w:b w:val="0"/>
+                  </w:rPr>
+                  <w:t>ere to enter text</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00301DD9">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
                     <w:bCs/>
-                    <w:color w:val="auto"/>
-                    <w:lang w:val="de-DE"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t>.</w:t>
                 </w:r>
-              </w:sdtContent>
-[...901 lines deleted...]
-          </w:p>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="2B22A9DA" w14:textId="77777777" w:rsidR="00600E72" w:rsidRDefault="00600E72" w:rsidP="00240026">
+    <w:p w14:paraId="04D95CBA" w14:textId="77777777" w:rsidR="009F74E7" w:rsidRPr="004C19BE" w:rsidRDefault="009F74E7" w:rsidP="00240026">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="de-DE"/>
-[...13 lines deleted...]
-          <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="6327"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00072119" w:rsidRPr="00D936F1" w14:paraId="36ECAF01" w14:textId="77777777" w:rsidTr="00072119">
-[...219 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00072119" w:rsidRPr="003D6F84" w14:paraId="58BC52BD" w14:textId="77777777" w:rsidTr="00072119">
         <w:trPr>
           <w:trHeight w:val="792"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="31027D40" w14:textId="4A82FB00" w:rsidR="00072119" w:rsidRPr="00600E72" w:rsidRDefault="00072119" w:rsidP="00600E72">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
@@ -2027,114 +720,101 @@
               </w:rPr>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidR="00E355D2">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>APPLICATION IN TEACHING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E21DDF4" w14:textId="28B45827" w:rsidR="00B816F9" w:rsidRPr="003D6F84" w:rsidRDefault="00B816F9" w:rsidP="00116785">
+          <w:p w14:paraId="4E21DDF4" w14:textId="28B45827" w:rsidR="00B816F9" w:rsidRPr="00305D81" w:rsidRDefault="00B816F9" w:rsidP="00116785">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D6F84">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">In </w:t>
             </w:r>
             <w:r w:rsidR="003D6F84" w:rsidRPr="003D6F84">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>which teaching and le</w:t>
             </w:r>
             <w:r w:rsidR="003D6F84">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">arning contexts can your module be used? </w:t>
             </w:r>
-            <w:r w:rsidR="003D6F84" w:rsidRPr="003D6F84">
+            <w:r w:rsidR="003D6F84" w:rsidRPr="00305D81">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="de-DE"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> address?</w:t>
+              </w:rPr>
+              <w:t>Which questions or challenges does it address?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="478BC974" w14:textId="63C1FA99" w:rsidR="00072119" w:rsidRPr="003D6F84" w:rsidRDefault="003D6F84" w:rsidP="00116785">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D6F84">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Feel free to include screenshots, graphs or videos</w:t>
             </w:r>
             <w:r w:rsidR="00B816F9" w:rsidRPr="003D6F84">
@@ -2539,51 +1219,60 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D5B539F" w14:textId="08844363" w:rsidR="00B816F9" w:rsidRPr="003D6F84" w:rsidRDefault="003D6F84" w:rsidP="00240026">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D6F84">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>List the tool or combination of tools that are necessary for your module and briefly explain their functions. Do you have any specific recommendations – e.g. particular tools, devices or rooms needed?</w:t>
+              <w:t xml:space="preserve">List the tool or combination of tools that are necessary for your module and briefly explain their functions. Do you have any </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D6F84">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>specific recommendations – e.g. particular tools, devices or rooms needed?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D75199B" w14:textId="2DDD665E" w:rsidR="00411246" w:rsidRPr="003D6F84" w:rsidRDefault="003D6F84" w:rsidP="00240026">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D6F84">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Tip: Create entries to add the tools you've used, or link to </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2631,421 +1320,614 @@
                     <w:sz w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Formatvorlage2"/>
                     <w:b w:val="0"/>
                   </w:rPr>
                   <w:t>Click or type here to enter text</w:t>
                 </w:r>
                 <w:r w:rsidR="00C62264" w:rsidRPr="00404C7C">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF6351" w:rsidRPr="00E25A9B" w14:paraId="2D90668E" w14:textId="77777777" w:rsidTr="00EF6351">
+      <w:tr w:rsidR="004C19BE" w:rsidRPr="00404C7C" w14:paraId="298EA99E" w14:textId="77777777" w:rsidTr="00411246">
         <w:trPr>
-          <w:trHeight w:val="1209"/>
-[...153 lines deleted...]
-          <w:trHeight w:val="1271"/>
+          <w:trHeight w:val="822"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:id w:val="-1051150896"/>
+              <w:id w:val="101076766"/>
               <w:placeholder>
-                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                <w:docPart w:val="3B77B9E5BA2D42EDA577FD255C3F9FAE"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="702C910F" w14:textId="74990B7D" w:rsidR="00520632" w:rsidRDefault="00520632" w:rsidP="00520632">
+              <w:p w14:paraId="2934F573" w14:textId="3E918523" w:rsidR="004C19BE" w:rsidRPr="00DB5403" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
                   <w:spacing w:after="120"/>
+                  <w:jc w:val="both"/>
                   <w:outlineLvl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">&gt; </w:t>
-[...11 lines deleted...]
-                  <w:t>ADDITIONAL INFORMATION</w:t>
+                  <w:t>&gt;ADDITIONAL INFORMATION</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:id w:val="-1908908461"/>
+              <w:id w:val="819001938"/>
               <w:placeholder>
-                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                <w:docPart w:val="23B2EA58EB544D72A99F0CB566327195"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="474FA351" w14:textId="4BD85D05" w:rsidR="00520632" w:rsidRPr="00E25A9B" w:rsidRDefault="00E25A9B" w:rsidP="00072119">
+              <w:p w14:paraId="46FC8E84" w14:textId="77777777" w:rsidR="004C19BE" w:rsidRPr="00E25A9B" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
                 <w:pPr>
                   <w:pStyle w:val="Zeile"/>
                   <w:rPr>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E25A9B">
                   <w:rPr>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>Missing a category? You can add it here</w:t>
-[...5 lines deleted...]
-                  <w:t>.</w:t>
+                  <w:t>Missing a category? You can add it here.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="78C5D858" w14:textId="1E337B3E" w:rsidR="00C62264" w:rsidRPr="00E25A9B" w:rsidRDefault="00C62264" w:rsidP="00072119">
+          <w:p w14:paraId="6FB90F59" w14:textId="77777777" w:rsidR="004C19BE" w:rsidRPr="003D6F84" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
             <w:pPr>
-              <w:pStyle w:val="Zeile"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072119" w:rsidRPr="00E25A9B" w14:paraId="73B07DC9" w14:textId="77777777" w:rsidTr="00072119">
+      <w:tr w:rsidR="004C19BE" w:rsidRPr="00404C7C" w14:paraId="61E4EC47" w14:textId="77777777" w:rsidTr="00411246">
         <w:trPr>
-          <w:trHeight w:val="1271"/>
+          <w:trHeight w:val="822"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75513985" w14:textId="39722D71" w:rsidR="00072119" w:rsidRPr="00DB5403" w:rsidRDefault="00072119" w:rsidP="00600E72">
+          <w:p w14:paraId="222507A4" w14:textId="7910CE30" w:rsidR="004C19BE" w:rsidRPr="00DB5403" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
-            <w:r w:rsidR="00E355D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>COMMENTS</w:t>
+              <w:t>APPENDIX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01A2E983" w14:textId="7F4E7A04" w:rsidR="004C19BE" w:rsidRPr="004C19BE" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D936F1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In the online </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>form</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D936F1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you can upload a file that is relevant to your building block. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>This can be additional materials, forms, or even a print version of the entry. Please combine multiple files into a single .zip file. The file must not exceed 100 MB.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C19BE" w:rsidRPr="00404C7C" w14:paraId="21F3A835" w14:textId="77777777" w:rsidTr="00411246">
+        <w:trPr>
+          <w:trHeight w:val="822"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7A25DC" w14:textId="2324F260" w:rsidR="004C19BE" w:rsidRPr="00DB5403" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; LIST OF AUTHORS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="-1513675408"/>
+              <w:placeholder>
+                <w:docPart w:val="DB5C0F0D3B1441EFB3D59D05493BF617"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="220B2E15" w14:textId="721F6590" w:rsidR="004C19BE" w:rsidRPr="004C19BE" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:rPr>
+                    <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
+                    <w:sz w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00301DD9">
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                    <w:b w:val="0"/>
+                  </w:rPr>
+                  <w:t>Click or type h</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                    <w:b w:val="0"/>
+                  </w:rPr>
+                  <w:t>ere to enter text</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00301DD9">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C19BE" w:rsidRPr="00E25A9B" w14:paraId="2D90668E" w14:textId="77777777" w:rsidTr="00EF6351">
+        <w:trPr>
+          <w:trHeight w:val="1209"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABE5DF9" w14:textId="4A8F830E" w:rsidR="004C19BE" w:rsidRPr="00600E72" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5403">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&gt; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>BIBLIOGRAPHY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:id w:val="-1940672268"/>
+              <w:placeholder>
+                <w:docPart w:val="99788E645E984214854BCF400CBCFCF0"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="6FBAAF5A" w14:textId="5827A1B0" w:rsidR="004C19BE" w:rsidRPr="00E25A9B" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004C19BE">
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>This section provides space for references to sources used, supplementary academic literature, and recommended readings related to the topic of your entry.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="-1033958491"/>
+              <w:placeholder>
+                <w:docPart w:val="4B4D22736859486CAED2FD8AB2919C1E"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="2427FFE3" w14:textId="35619135" w:rsidR="004C19BE" w:rsidRPr="00E25A9B" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:rPr>
+                    <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
+                    <w:sz w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00301DD9">
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                    <w:b w:val="0"/>
+                  </w:rPr>
+                  <w:t>Click or type h</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                    <w:b w:val="0"/>
+                  </w:rPr>
+                  <w:t>ere to enter text</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00301DD9">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C19BE" w:rsidRPr="00E25A9B" w14:paraId="73B07DC9" w14:textId="77777777" w:rsidTr="00072119">
+        <w:trPr>
+          <w:trHeight w:val="1271"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75513985" w14:textId="39722D71" w:rsidR="004C19BE" w:rsidRPr="00DB5403" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; COMMENTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
               <w:id w:val="-1955551590"/>
               <w:placeholder>
-                <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+                <w:docPart w:val="49B79EBAE9D94741B9993FD8CBF9E8CB"/>
               </w:placeholder>
               <w:comboBox>
                 <w:listItem w:value="Wählen Sie ein Element aus."/>
                 <w:listItem w:displayText="Ja." w:value="Ja."/>
                 <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
               </w:comboBox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="48189F9F" w14:textId="6406EC1A" w:rsidR="00072119" w:rsidRPr="00E25A9B" w:rsidRDefault="00E25A9B" w:rsidP="00072119">
+              <w:p w14:paraId="48189F9F" w14:textId="343B1716" w:rsidR="004C19BE" w:rsidRPr="00E25A9B" w:rsidRDefault="004C19BE" w:rsidP="004C19BE">
                 <w:pPr>
                   <w:pStyle w:val="Zeile"/>
                   <w:rPr>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00E25A9B">
+                <w:r>
                   <w:rPr>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>Should others be allowed to leave comments</w:t>
+                  <w:t xml:space="preserve">You can choose if others should be allowed to leave comments within the </w:t>
                 </w:r>
-                <w:r w:rsidR="00EF6351" w:rsidRPr="00E25A9B">
+                <w:r w:rsidR="0044353E">
                   <w:rPr>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>?</w:t>
+                  <w:t>T</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>oolbox.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18457B85" w14:textId="77777777" w:rsidR="00600E72" w:rsidRPr="00E25A9B" w:rsidRDefault="00600E72" w:rsidP="00240026">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00600E72" w:rsidRPr="00E25A9B" w:rsidSect="009F6E8B">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -3140,57 +2022,50 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C441196" w14:textId="67E02154" w:rsidR="00EC6214" w:rsidRPr="00EC6214" w:rsidRDefault="00EC6214" w:rsidP="008E3041">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -3464,51 +2339,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="316615611">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="104547491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1722241608">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -3556,91 +2431,95 @@
     <w:rsid w:val="001A5625"/>
     <w:rsid w:val="001B693D"/>
     <w:rsid w:val="001E6F75"/>
     <w:rsid w:val="001E7905"/>
     <w:rsid w:val="001F5F6C"/>
     <w:rsid w:val="001F61D5"/>
     <w:rsid w:val="00205402"/>
     <w:rsid w:val="00212ABB"/>
     <w:rsid w:val="00221AEF"/>
     <w:rsid w:val="00236FA3"/>
     <w:rsid w:val="00240026"/>
     <w:rsid w:val="00251F63"/>
     <w:rsid w:val="0025296B"/>
     <w:rsid w:val="00252D7F"/>
     <w:rsid w:val="002562CE"/>
     <w:rsid w:val="00275A40"/>
     <w:rsid w:val="0029485E"/>
     <w:rsid w:val="00294FF1"/>
     <w:rsid w:val="002A4FE1"/>
     <w:rsid w:val="002A53B8"/>
     <w:rsid w:val="002A7963"/>
     <w:rsid w:val="002B16F2"/>
     <w:rsid w:val="002B537D"/>
     <w:rsid w:val="002C062B"/>
     <w:rsid w:val="002D3629"/>
+    <w:rsid w:val="002E0337"/>
     <w:rsid w:val="002F3BB8"/>
     <w:rsid w:val="002F6EF7"/>
     <w:rsid w:val="003002BC"/>
     <w:rsid w:val="00301DD9"/>
     <w:rsid w:val="003035DA"/>
+    <w:rsid w:val="00305D81"/>
     <w:rsid w:val="00343E56"/>
     <w:rsid w:val="00351C8A"/>
     <w:rsid w:val="00356469"/>
     <w:rsid w:val="00356B0F"/>
     <w:rsid w:val="00362014"/>
     <w:rsid w:val="003733A6"/>
     <w:rsid w:val="00376697"/>
     <w:rsid w:val="003871D9"/>
     <w:rsid w:val="003A7D9D"/>
     <w:rsid w:val="003B640C"/>
     <w:rsid w:val="003B66F2"/>
     <w:rsid w:val="003C6FEA"/>
     <w:rsid w:val="003D130A"/>
     <w:rsid w:val="003D1B32"/>
     <w:rsid w:val="003D4DC5"/>
     <w:rsid w:val="003D673E"/>
     <w:rsid w:val="003D6F84"/>
     <w:rsid w:val="003D7B2C"/>
     <w:rsid w:val="003E6519"/>
     <w:rsid w:val="003F0DE5"/>
     <w:rsid w:val="0040257F"/>
     <w:rsid w:val="00404C7C"/>
     <w:rsid w:val="0040634A"/>
     <w:rsid w:val="00411246"/>
     <w:rsid w:val="004126A9"/>
     <w:rsid w:val="00416A4B"/>
     <w:rsid w:val="004412BE"/>
+    <w:rsid w:val="0044353E"/>
     <w:rsid w:val="0045676C"/>
     <w:rsid w:val="004755D8"/>
     <w:rsid w:val="00481644"/>
     <w:rsid w:val="004A0FD2"/>
     <w:rsid w:val="004A2CC8"/>
     <w:rsid w:val="004B2309"/>
     <w:rsid w:val="004B461A"/>
     <w:rsid w:val="004B5604"/>
     <w:rsid w:val="004C034B"/>
+    <w:rsid w:val="004C19BE"/>
     <w:rsid w:val="004C366D"/>
     <w:rsid w:val="004C6C41"/>
     <w:rsid w:val="004D7A8A"/>
     <w:rsid w:val="004E3132"/>
     <w:rsid w:val="004E3858"/>
     <w:rsid w:val="004F2F0E"/>
     <w:rsid w:val="005124AD"/>
     <w:rsid w:val="00520632"/>
     <w:rsid w:val="00536462"/>
     <w:rsid w:val="00537C9C"/>
     <w:rsid w:val="00542505"/>
     <w:rsid w:val="005443B6"/>
     <w:rsid w:val="00566760"/>
     <w:rsid w:val="0057103D"/>
     <w:rsid w:val="0058224E"/>
     <w:rsid w:val="00593BAB"/>
     <w:rsid w:val="00594B8F"/>
     <w:rsid w:val="005A234E"/>
     <w:rsid w:val="005C0FF8"/>
     <w:rsid w:val="005E2C88"/>
     <w:rsid w:val="005F6C13"/>
     <w:rsid w:val="00600E72"/>
     <w:rsid w:val="006030ED"/>
     <w:rsid w:val="00617072"/>
     <w:rsid w:val="0063236A"/>
@@ -3791,50 +2670,51 @@
     <w:rsid w:val="00EC6214"/>
     <w:rsid w:val="00ED015C"/>
     <w:rsid w:val="00ED2222"/>
     <w:rsid w:val="00ED727B"/>
     <w:rsid w:val="00EE1CD0"/>
     <w:rsid w:val="00EE455A"/>
     <w:rsid w:val="00EF614C"/>
     <w:rsid w:val="00EF6351"/>
     <w:rsid w:val="00F220C8"/>
     <w:rsid w:val="00F347A5"/>
     <w:rsid w:val="00F5370F"/>
     <w:rsid w:val="00F67C00"/>
     <w:rsid w:val="00F71D68"/>
     <w:rsid w:val="00F80CED"/>
     <w:rsid w:val="00F87308"/>
     <w:rsid w:val="00F92D35"/>
     <w:rsid w:val="00F92D39"/>
     <w:rsid w:val="00F963B3"/>
     <w:rsid w:val="00FA2B6E"/>
     <w:rsid w:val="00FB23F6"/>
     <w:rsid w:val="00FC54FB"/>
     <w:rsid w:val="00FD229A"/>
     <w:rsid w:val="00FD27C4"/>
     <w:rsid w:val="00FF1A30"/>
     <w:rsid w:val="00FF2438"/>
+    <w:rsid w:val="00FF3F6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-IN" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2BFB6E3E"/>
@@ -5366,204 +4246,73 @@
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{83891F8A-557D-448D-BAD9-CD008D8C9EA7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00104CF5" w:rsidRDefault="00104CF5">
           <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="44DA9A11F6F440C6BBB423385800EB5F"/>
-[...56 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="6C916EB8072A4E4AB6C2F2C4EABFA132"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{73E2F8E3-CFEF-4D31-8513-FAE826C1F751}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C4CF6" w:rsidRDefault="009B10A1" w:rsidP="009B10A1">
           <w:pPr>
             <w:pStyle w:val="6C916EB8072A4E4AB6C2F2C4EABFA1328"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Titel</w:t>
-          </w:r>
-[...71 lines deleted...]
-            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B3627244FA5A493F9F531B105DCE1B60"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B6ABA1B2-26E1-4B89-9F72-90AB725ADE74}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009B10A1" w:rsidRDefault="009B2AB8" w:rsidP="009B2AB8">
           <w:pPr>
             <w:pStyle w:val="B3627244FA5A493F9F531B105DCE1B60"/>
           </w:pPr>
           <w:r>
@@ -5606,148 +4355,327 @@
           <w:pPr>
             <w:pStyle w:val="5042C51F41AC4EBD8F1995CE10EB3AE5"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Formatvorlage2"/>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>Click or type here to enter text</w:t>
           </w:r>
           <w:r w:rsidRPr="00301DD9">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="92858F666DD14295B388D435086694E6"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="613C13D5C0454E8FAF657ED85A76171C"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{51FC1CC4-D1A9-435A-A29B-25932C0BBCE7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D77C6E" w:rsidRDefault="009B2AB8" w:rsidP="009B2AB8">
           <w:pPr>
             <w:pStyle w:val="613C13D5C0454E8FAF657ED85A76171C1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Formatvorlage2"/>
               <w:b w:val="0"/>
             </w:rPr>
             <w:t>Click or type here to enter text</w:t>
           </w:r>
           <w:r w:rsidRPr="00404C7C">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="878344F72F6C45C1B9151EADD109C003"/>
+        <w:name w:val="3B42BB28E91D44EBB79837819950CEAB"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D138DBCD-859F-45A3-9E0D-5BCBBD1F99D5}"/>
+        <w:guid w:val="{A4335C2F-A4CF-4FBF-B802-61E8D9704C04}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D77C6E" w:rsidRDefault="009B2AB8" w:rsidP="009B2AB8">
+        <w:p w:rsidR="002E22E6" w:rsidRDefault="002E22E6" w:rsidP="002E22E6">
           <w:pPr>
-            <w:pStyle w:val="878344F72F6C45C1B9151EADD109C0031"/>
+            <w:pStyle w:val="3B42BB28E91D44EBB79837819950CEAB"/>
           </w:pPr>
+          <w:r w:rsidRPr="00301DD9">
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>Click or type h</w:t>
+          </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Formatvorlage2"/>
-              <w:b w:val="0"/>
             </w:rPr>
-            <w:t>Click or type here to enter text</w:t>
+            <w:t>ere to enter text</w:t>
           </w:r>
-          <w:r w:rsidRPr="00E25A9B">
+          <w:r w:rsidRPr="00301DD9">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:b w:val="0"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B77B9E5BA2D42EDA577FD255C3F9FAE"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{59D648E9-20B4-4B72-90C4-EE7ABED1CF4D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002E22E6" w:rsidRDefault="002E22E6" w:rsidP="002E22E6">
+          <w:pPr>
+            <w:pStyle w:val="3B77B9E5BA2D42EDA577FD255C3F9FAE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="23B2EA58EB544D72A99F0CB566327195"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BACD1A3C-5785-4908-A1A1-298464B5C152}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002E22E6" w:rsidRDefault="002E22E6" w:rsidP="002E22E6">
+          <w:pPr>
+            <w:pStyle w:val="23B2EA58EB544D72A99F0CB566327195"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="49B79EBAE9D94741B9993FD8CBF9E8CB"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A176F494-E9FE-4815-8A76-C426D39BFF90}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002E22E6" w:rsidRDefault="002E22E6" w:rsidP="002E22E6">
+          <w:pPr>
+            <w:pStyle w:val="49B79EBAE9D94741B9993FD8CBF9E8CB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008237CC">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DB5C0F0D3B1441EFB3D59D05493BF617"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{88E75AD4-622B-44E2-A40A-06D93F475326}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002E22E6" w:rsidRDefault="002E22E6" w:rsidP="002E22E6">
+          <w:pPr>
+            <w:pStyle w:val="DB5C0F0D3B1441EFB3D59D05493BF617"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00301DD9">
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>Click or type h</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>ere to enter text</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00301DD9">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="99788E645E984214854BCF400CBCFCF0"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{92DA1D2C-8903-41D9-8B87-5936F9C10289}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002E22E6" w:rsidRDefault="002E22E6" w:rsidP="002E22E6">
+          <w:pPr>
+            <w:pStyle w:val="99788E645E984214854BCF400CBCFCF0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4B4D22736859486CAED2FD8AB2919C1E"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D56B171C-38B5-42A4-97FA-23D5591E6079}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002E22E6" w:rsidRDefault="002E22E6" w:rsidP="002E22E6">
+          <w:pPr>
+            <w:pStyle w:val="4B4D22736859486CAED2FD8AB2919C1E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00301DD9">
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>Click or type h</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Formatvorlage2"/>
+            </w:rPr>
+            <w:t>ere to enter text</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00301DD9">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -5798,98 +4726,93 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF5"/>
     <w:rsid w:val="00033362"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="000A2BB2"/>
     <w:rsid w:val="00104CF5"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001E3841"/>
     <w:rsid w:val="001E7905"/>
+    <w:rsid w:val="002E0337"/>
+    <w:rsid w:val="002E22E6"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="0040634A"/>
     <w:rsid w:val="004E3132"/>
     <w:rsid w:val="007524D1"/>
     <w:rsid w:val="007C4CF6"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="0095293E"/>
     <w:rsid w:val="009A584C"/>
     <w:rsid w:val="009B10A1"/>
     <w:rsid w:val="009B2AB8"/>
     <w:rsid w:val="00D02B07"/>
     <w:rsid w:val="00D77C6E"/>
     <w:rsid w:val="00F347A5"/>
     <w:rsid w:val="00FC723B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -6315,228 +5238,96 @@
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:semiHidden/>
-    <w:rsid w:val="009B2AB8"/>
+    <w:rsid w:val="002E22E6"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:rsid w:val="007524D1"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C916EB8072A4E4AB6C2F2C4EABFA1328">
     <w:name w:val="6C916EB8072A4E4AB6C2F2C4EABFA1328"/>
     <w:rsid w:val="009B10A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="left" w:pos="5768"/>
       </w:tabs>
       <w:spacing w:before="600" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaBold-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaBold-Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBAAD55ECA3F4F7F953C69E1A194E1C08">
-[...120 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B42BB28E91D44EBB79837819950CEAB">
+    <w:name w:val="3B42BB28E91D44EBB79837819950CEAB"/>
+    <w:rsid w:val="002E22E6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B77B9E5BA2D42EDA577FD255C3F9FAE">
+    <w:name w:val="3B77B9E5BA2D42EDA577FD255C3F9FAE"/>
+    <w:rsid w:val="002E22E6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23B2EA58EB544D72A99F0CB566327195">
+    <w:name w:val="23B2EA58EB544D72A99F0CB566327195"/>
+    <w:rsid w:val="002E22E6"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatvorlage2">
     <w:name w:val="Formatvorlage2"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="009B2AB8"/>
+    <w:rsid w:val="002E22E6"/>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="4C94D8" w:themeColor="text2" w:themeTint="80"/>
       <w:sz w:val="22"/>
-    </w:rPr>
-[...15 lines deleted...]
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3627244FA5A493F9F531B105DCE1B60">
     <w:name w:val="B3627244FA5A493F9F531B105DCE1B60"/>
     <w:rsid w:val="009B2AB8"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5042C51F41AC4EBD8F1995CE10EB3AE5">
     <w:name w:val="5042C51F41AC4EBD8F1995CE10EB3AE5"/>
     <w:rsid w:val="009B2AB8"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -6546,66 +5337,65 @@
       <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="613C13D5C0454E8FAF657ED85A76171C1">
     <w:name w:val="613C13D5C0454E8FAF657ED85A76171C1"/>
     <w:rsid w:val="009B2AB8"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="878344F72F6C45C1B9151EADD109C0031">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49B79EBAE9D94741B9993FD8CBF9E8CB">
+    <w:name w:val="49B79EBAE9D94741B9993FD8CBF9E8CB"/>
+    <w:rsid w:val="002E22E6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB5C0F0D3B1441EFB3D59D05493BF617">
+    <w:name w:val="DB5C0F0D3B1441EFB3D59D05493BF617"/>
+    <w:rsid w:val="002E22E6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="99788E645E984214854BCF400CBCFCF0">
+    <w:name w:val="99788E645E984214854BCF400CBCFCF0"/>
+    <w:rsid w:val="002E22E6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B4D22736859486CAED2FD8AB2919C1E">
+    <w:name w:val="4B4D22736859486CAED2FD8AB2919C1E"/>
+    <w:rsid w:val="002E22E6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 234">
       <a:dk1>
         <a:srgbClr val="373545"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -6850,71 +5640,50 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c2eb7a32e66fb6e4260f3771546a5e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e1f6479c48b08974ba73b5ca973489" ns2:_="" ns3:_="">
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -7081,139 +5850,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3768EA38-F8F0-4D30-AEC5-6AAA6AEFE256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54B27EA3-E61E-4E11-B675-A2E165A303A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Online Dienstprofil-Arbeitsblatt.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>287</Words>
-  <Characters>1813</Characters>
+  <Words>274</Words>
+  <Characters>1733</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2096</CharactersWithSpaces>
+  <CharactersWithSpaces>2003</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla Alibasic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>