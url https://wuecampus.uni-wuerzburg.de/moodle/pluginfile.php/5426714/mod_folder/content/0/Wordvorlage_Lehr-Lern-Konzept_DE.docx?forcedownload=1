--- v0 (2025-12-05)
+++ v1 (2026-02-15)
@@ -230,51 +230,51 @@
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>AUS DER DIGITALEN LEHRE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9088" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2143"/>
         <w:gridCol w:w="6945"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC18DE" w:rsidRPr="00B76251" w14:paraId="7BDF39F1" w14:textId="77777777" w:rsidTr="00B76251">
+      <w:tr w:rsidR="00BC18DE" w:rsidRPr="0060591B" w14:paraId="7BDF39F1" w14:textId="77777777" w:rsidTr="00B76251">
         <w:trPr>
           <w:trHeight w:val="502"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2143" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38DE81C8" w14:textId="77777777" w:rsidR="00BC18DE" w:rsidRDefault="00BC18DE" w:rsidP="00EE3580">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:spacing w:afterLines="300" w:after="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
@@ -357,51 +357,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Titel: max. 86 Zeichen"/>
         <w:id w:val="-1907298504"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="797F3E2F" w14:textId="0024018B" w:rsidR="007A192C" w:rsidRPr="00EE3580" w:rsidRDefault="002C062B" w:rsidP="00EE3580">
           <w:pPr>
             <w:pStyle w:val="Titel1"/>
             <w:spacing w:before="0"/>
           </w:pPr>
           <w:r>
             <w:t>Titel</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="1EBF0946" w14:textId="7EDE4AC7" w:rsidR="000D6980" w:rsidRPr="00D22606" w:rsidRDefault="00C1751C" w:rsidP="000F00F1">
+    <w:p w14:paraId="1EBF0946" w14:textId="7EDE4AC7" w:rsidR="000D6980" w:rsidRPr="00D22606" w:rsidRDefault="00F100F0" w:rsidP="000F00F1">
       <w:pPr>
         <w:pStyle w:val="kurzeBeschreibung"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:tag w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:id w:val="-888106377"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="004A5A01" w:rsidRPr="00D22606">
             <w:rPr>
@@ -435,286 +435,50 @@
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">: Vermittle die Kernaussage Deines Konzepts in nur </w:t>
           </w:r>
           <w:r w:rsidR="004A5A01" w:rsidRPr="00D22606">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>einem prägnanten Satz</w:t>
           </w:r>
           <w:r w:rsidR="00D22606">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>!</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:tbl>
-[...234 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="42466207" w14:textId="08AE7B36" w:rsidR="00B61473" w:rsidRPr="00DB5403" w:rsidRDefault="00B61473" w:rsidP="000D6980">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB5403">
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -728,1610 +492,196 @@
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>SCHLAGWORTE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3005"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2921"/>
+        <w:gridCol w:w="8931"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0017435A" w:rsidRPr="0017435A" w14:paraId="4A0C04CB" w14:textId="77777777" w:rsidTr="00FF121D">
+      <w:tr w:rsidR="0017435A" w:rsidRPr="0060591B" w14:paraId="4A0C04CB" w14:textId="77777777" w:rsidTr="00FF121D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="12A50405" w14:textId="3B4BA34B" w:rsidR="0017435A" w:rsidRPr="00B76251" w:rsidRDefault="0017435A" w:rsidP="00240026">
+          <w:p w14:paraId="4EBFB281" w14:textId="77777777" w:rsidR="008C2290" w:rsidRPr="00E00021" w:rsidRDefault="008C2290" w:rsidP="008C2290">
             <w:pPr>
-              <w:pStyle w:val="Einfhrung"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk195276167"/>
-            <w:r w:rsidRPr="00B76251">
-              <w:rPr>
+            <w:r w:rsidRPr="00E00021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Welche </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Keywords</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E00021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> passen zu Deinen Inhalten? Vergib </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schlagworte mit denen Du deinen Beitrag dann später in der Toolbox </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>vertaggst</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>, so dass er leichter gefunden wird.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="1439262948"/>
+              <w:placeholder>
+                <w:docPart w:val="012C740922CE41458E64DD2120A63DBB"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Welche Schlagworte passen zu Deinen Inhalten? Verg</w:t>
-[...1048 lines deleted...]
-                <w:r w:rsidR="00EB21C2" w:rsidRPr="00B76251">
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="3D1AD938" w14:textId="2B2FE930" w:rsidR="0017435A" w:rsidRPr="008C2290" w:rsidRDefault="008C2290" w:rsidP="008C2290">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
-                  <w:t>…</w:t>
-[...41 lines deleted...]
-                <w:r w:rsidR="00343BBC" w:rsidRPr="00B76251">
+                </w:pPr>
+                <w:r w:rsidRPr="00DC61C2">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
-                    <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
-              </w:sdtContent>
-[...135 lines deleted...]
-          </w:p>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="156AB18F" w14:textId="30FD04B2" w:rsidR="002F3BB8" w:rsidRDefault="002F3BB8" w:rsidP="00240026">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="6327"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A63DBE" w:rsidRPr="00B76251" w14:paraId="64BD141A" w14:textId="77777777" w:rsidTr="00201E0A">
-[...241 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00A63DBE" w:rsidRPr="0017435A" w14:paraId="75924608" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="07EC06E7" w14:textId="0ED55A9B" w:rsidR="00A63DBE" w:rsidRPr="00A63DBE" w:rsidRDefault="00A63DBE" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -2455,122 +805,144 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002009C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>oder</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002009C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> wissenschaftliche </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002009C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Begriffsdefinitionen</w:t>
+              <w:t>wissenschaftliche</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002009C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002009C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>geteilt</w:t>
+              <w:t>Begriffsdefinitionen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002009C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002009C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>werden</w:t>
+              <w:t>geteilt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002009C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002009C5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>werden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002009C5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A63DBE" w:rsidRPr="00B76251" w14:paraId="0A34699F" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00A63DBE" w:rsidRPr="0060591B" w14:paraId="0A34699F" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="000CAE9C" w14:textId="77777777" w:rsidR="00A63DBE" w:rsidRPr="00A63DBE" w:rsidRDefault="00A63DBE" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2614,51 +986,51 @@
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00201E0A">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00201E0A" w:rsidRPr="00B76251" w14:paraId="3367ABBE" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00201E0A" w:rsidRPr="0060591B" w14:paraId="3367ABBE" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="1320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2997D762" w14:textId="387FF39A" w:rsidR="00201E0A" w:rsidRPr="000D6980" w:rsidRDefault="00201E0A" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -2779,51 +1151,51 @@
             <w:r w:rsidR="004A5A01" w:rsidRPr="004A5A01">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Screenshots, Grafiken oder Videos einzubinden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00201E0A" w:rsidRPr="00B76251" w14:paraId="0CCDCADE" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00201E0A" w:rsidRPr="0060591B" w14:paraId="0CCDCADE" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="708"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6607B231" w14:textId="77777777" w:rsidR="00201E0A" w:rsidRPr="00DB5403" w:rsidRDefault="00201E0A" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -2868,53 +1240,53 @@
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00201E0A">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00201E0A" w:rsidRPr="00B76251" w14:paraId="5E5C4645" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00201E0A" w:rsidRPr="0060591B" w14:paraId="5E5C4645" w14:textId="77777777" w:rsidTr="00F100F0">
         <w:trPr>
-          <w:trHeight w:val="1068"/>
+          <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2B34760F" w14:textId="788D15D9" w:rsidR="00201E0A" w:rsidRPr="000D6980" w:rsidRDefault="00201E0A" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
@@ -2986,100 +1358,101 @@
               </w:rPr>
               <w:t>Was ist der Kerngenstand Deines Konzepts? Wie wird es realisiert? Erkläre hier die Umsetzung. Wie werden Technologien eingesetzt? Gibt es Tipps und Tricks, die die Umsetzung erleichtern?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16A1F5B8" w14:textId="57D2C198" w:rsidR="002009C5" w:rsidRPr="002009C5" w:rsidRDefault="002009C5" w:rsidP="00240026">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="004A5A01">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>utze gerne die Möglichkeit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">en </w:t>
             </w:r>
             <w:r w:rsidRPr="004A5A01">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Screenshots, Grafiken oder Videos einzubinden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00201E0A" w:rsidRPr="00B76251" w14:paraId="27982934" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00201E0A" w:rsidRPr="0060591B" w14:paraId="27982934" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2BFDF5B2" w14:textId="77777777" w:rsidR="00201E0A" w:rsidRPr="00DB5403" w:rsidRDefault="00201E0A" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -3124,51 +1497,51 @@
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00201E0A">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00201E0A" w:rsidRPr="00B76251" w14:paraId="06121E49" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00201E0A" w:rsidRPr="0060591B" w14:paraId="06121E49" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="09DF3E80" w14:textId="15CA3E9A" w:rsidR="00201E0A" w:rsidRPr="000D6980" w:rsidRDefault="00201E0A" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -3265,51 +1638,51 @@
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">en </w:t>
             </w:r>
             <w:r w:rsidRPr="004A5A01">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Screenshots, Grafiken oder Videos einzubinden</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00201E0A" w:rsidRPr="00B76251" w14:paraId="2F91B260" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00201E0A" w:rsidRPr="0060591B" w14:paraId="2F91B260" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="79085F90" w14:textId="77777777" w:rsidR="00201E0A" w:rsidRPr="00DB5403" w:rsidRDefault="00201E0A" w:rsidP="000D6980">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -3354,51 +1727,51 @@
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00201E0A">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00201E0A" w:rsidRPr="00B76251" w14:paraId="1CD45F01" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00201E0A" w:rsidRPr="0060591B" w14:paraId="1CD45F01" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="1308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="19FAAFEA" w14:textId="6B992894" w:rsidR="00201E0A" w:rsidRPr="00DB5403" w:rsidRDefault="00201E0A" w:rsidP="000C45DE">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -3440,51 +1813,51 @@
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002009C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Welche Aspekte des Konzepts erscheinen Dir besonders hilfreich, wo siehst Du potenzielle Hürden? Gibt es Kontexte, für die Dein Konzept besonders gut oder weniger geeignet ist?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00201E0A" w:rsidRPr="00B76251" w14:paraId="005DBB23" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00201E0A" w:rsidRPr="0060591B" w14:paraId="005DBB23" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:trPr>
           <w:trHeight w:val="732"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4575E09B" w14:textId="77777777" w:rsidR="00201E0A" w:rsidRPr="00DB5403" w:rsidRDefault="00201E0A" w:rsidP="000C45DE">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -3529,86 +1902,85 @@
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00201E0A">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6600" w:rsidRPr="00B76251" w14:paraId="67553007" w14:textId="77777777" w:rsidTr="007F6600">
+      <w:tr w:rsidR="007F6600" w:rsidRPr="0060591B" w14:paraId="67553007" w14:textId="77777777" w:rsidTr="007F6600">
         <w:trPr>
           <w:trHeight w:val="681"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DC5C051" w14:textId="2ECCCFD3" w:rsidR="007F6600" w:rsidRPr="000D6980" w:rsidRDefault="007F6600" w:rsidP="000C45DE">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidR="0068488D">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOOLS UND TECHNIK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="491BFAA3" w14:textId="77777777" w:rsidR="00C1751C" w:rsidRPr="00C1751C" w:rsidRDefault="00C1751C" w:rsidP="00C1751C">
             <w:pPr>
@@ -3686,218 +2058,72 @@
                   <w:spacing w:after="240"/>
                   <w:rPr>
                     <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                     <w:b w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00201E0A">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C45DE" w:rsidRPr="00B76251" w14:paraId="07401D18" w14:textId="77777777" w:rsidTr="00201E0A">
-[...146 lines deleted...]
-      <w:tr w:rsidR="00D22606" w:rsidRPr="00B76251" w14:paraId="59B9215D" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="00D22606" w:rsidRPr="0060591B" w14:paraId="59B9215D" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:id w:val="-171565700"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0FD7155F" w14:textId="5377F680" w:rsidR="00D22606" w:rsidRPr="00DB5403" w:rsidRDefault="00D22606" w:rsidP="00D22606">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
                   <w:spacing w:after="120"/>
                   <w:outlineLvl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
@@ -3906,50 +2132,51 @@
                   <w:t>&gt; ZUSÄTZLICHE INFORMATIONEN AN-GEBEN</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:id w:val="-1432581346"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="495B96E8" w14:textId="7F6EB625" w:rsidR="00410B33" w:rsidRPr="00D22606" w:rsidRDefault="00D22606" w:rsidP="000C45DE">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00D22606">
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dir fehlt eine </w:t>
                 </w:r>
@@ -3958,124 +2185,477 @@
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Rubrik?</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00D22606">
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> Dann kannst Du sie hier hinzufügen.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C45DE" w:rsidRPr="00B76251" w14:paraId="4E05E546" w14:textId="77777777" w:rsidTr="00201E0A">
+      <w:tr w:rsidR="008C2290" w:rsidRPr="0060591B" w14:paraId="2815EAF7" w14:textId="77777777" w:rsidTr="00201E0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8F59A1" w14:textId="75C1C3F8" w:rsidR="000C45DE" w:rsidRPr="00DB5403" w:rsidRDefault="000C45DE" w:rsidP="000C45DE">
+          <w:p w14:paraId="2A0764BE" w14:textId="7A162073" w:rsidR="008C2290" w:rsidRDefault="008C2290" w:rsidP="008C2290">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>&gt; KOMMENTARE</w:t>
+              <w:t>&gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ANHANG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6E497C" w14:textId="3728CAB1" w:rsidR="000C45DE" w:rsidRPr="00201E0A" w:rsidRDefault="00C1751C" w:rsidP="004A5A01">
+          <w:p w14:paraId="78B08CC9" w14:textId="446CB375" w:rsidR="008C2290" w:rsidRDefault="008C2290" w:rsidP="008C2290">
+            <w:pPr>
+              <w:pStyle w:val="Zeile"/>
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00954C8F">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hier kannst Du </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in der Eingabemaske </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00954C8F">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>noch eine Datei hinterlegen, die für das Tool relevant ist. Bitte packe mehrere Dateien zu einer .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00954C8F">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>zip</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00954C8F">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-Datei. Die Datei darf nicht größer als 100 MB sein.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0060591B" w:rsidRPr="0060591B" w14:paraId="00BF48DE" w14:textId="77777777" w:rsidTr="00201E0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3054BB60" w14:textId="01244175" w:rsidR="0060591B" w:rsidRPr="00DB5403" w:rsidRDefault="0060591B" w:rsidP="0060591B">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5403">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&gt; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>AUTORENLISTE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:id w:val="-1335294376"/>
+            <w:placeholder>
+              <w:docPart w:val="9255289D68E74D5BBB02A0AE49D2AE8B"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6327" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3DA51264" w14:textId="66EFC5CC" w:rsidR="0060591B" w:rsidRPr="00954C8F" w:rsidRDefault="0060591B" w:rsidP="0060591B">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00B76251">
+                  <w:rPr>
+                    <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>Klicke oder tippe hier, um Autor:innen einzugeben.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0060591B" w:rsidRPr="0060591B" w14:paraId="54DCFE7F" w14:textId="77777777" w:rsidTr="00201E0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35454CC0" w14:textId="5684C79F" w:rsidR="0060591B" w:rsidRPr="00DB5403" w:rsidRDefault="0060591B" w:rsidP="0060591B">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5403">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LITERATUR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-VERZEICHNIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A9FC06" w14:textId="77777777" w:rsidR="0060591B" w:rsidRDefault="0060591B" w:rsidP="0060591B">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201E0A">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Für Verweise auf verwendete Quellen, ergänzende Fachliteratur und Literaturempfehlungen zum Thema Deines Eintrags ist hier Platz.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:id w:val="1429233548"/>
+              <w:placeholder>
+                <w:docPart w:val="2CAB0AB3AD01417795F1A10E13E8CE43"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="TextMetaZchn"/>
+                  </w:rPr>
+                  <w:id w:val="-1988083869"/>
+                  <w:placeholder>
+                    <w:docPart w:val="C21E9C8AFE9E4C8A895687B86BFE83B1"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Absatz-Standardschriftart"/>
+                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:sdtEndPr>
+                <w:sdtContent>
+                  <w:p w14:paraId="3E9E2ACE" w14:textId="74366737" w:rsidR="0060591B" w:rsidRDefault="0060591B" w:rsidP="0060591B">
+                    <w:pPr>
+                      <w:pStyle w:val="Zeile"/>
+                      <w:rPr>
+                        <w:lang w:val="de-DE"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00201E0A">
+                      <w:rPr>
+                        <w:rStyle w:val="Platzhaltertext"/>
+                        <w:bCs/>
+                        <w:lang w:val="de-DE"/>
+                      </w:rPr>
+                      <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:sdtContent>
+              </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C45DE" w:rsidRPr="0060591B" w14:paraId="4E05E546" w14:textId="77777777" w:rsidTr="00201E0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8F59A1" w14:textId="3DF54A64" w:rsidR="000C45DE" w:rsidRPr="00DB5403" w:rsidRDefault="000C45DE" w:rsidP="0060591B">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FCD671"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; KOMMENTAR</w:t>
+            </w:r>
+            <w:r w:rsidR="0060591B">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-FUNKTION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:id w:val="-1955551590"/>
+              <w:placeholder>
+                <w:docPart w:val="514816958D7848ECBC0013CE838987AE"/>
+              </w:placeholder>
+              <w:comboBox>
+                <w:listItem w:value="Wählen Sie ein Element aus."/>
+                <w:listItem w:displayText="Ja." w:value="Ja."/>
+                <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
+              </w:comboBox>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="3D9A9E68" w14:textId="77777777" w:rsidR="008C2290" w:rsidRDefault="008C2290" w:rsidP="008C2290">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="001B5194">
+                  <w:rPr>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>In der Toolbox kannst du auswählen, ob andere berechtigt sein sollen, Kommentare zu hinterlassen</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="1C6E497C" w14:textId="2F53D18B" w:rsidR="000C45DE" w:rsidRPr="00201E0A" w:rsidRDefault="000C45DE" w:rsidP="004A5A01">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C1751C">
-[...24 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1363C203" w14:textId="77777777" w:rsidR="000D6980" w:rsidRDefault="000D6980" w:rsidP="00240026">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000D6980" w:rsidSect="009F6E8B">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
@@ -4176,65 +2756,50 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C441196" w14:textId="67E02154" w:rsidR="00EC6214" w:rsidRPr="00EC6214" w:rsidRDefault="00EC6214" w:rsidP="008E3041">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2CE93472" w14:textId="77777777" w:rsidR="00D913E3" w:rsidRDefault="00D913E3" w:rsidP="00D337E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -4753,51 +3318,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="316615611">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="104547491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1722241608">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="96566316">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1989628338">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="803348001">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -4898,92 +3463,95 @@
     <w:rsid w:val="004A5A01"/>
     <w:rsid w:val="004B2309"/>
     <w:rsid w:val="004B461A"/>
     <w:rsid w:val="004B5604"/>
     <w:rsid w:val="004C366D"/>
     <w:rsid w:val="004C6C41"/>
     <w:rsid w:val="004D7A8A"/>
     <w:rsid w:val="004E3858"/>
     <w:rsid w:val="004F2F0E"/>
     <w:rsid w:val="005124AD"/>
     <w:rsid w:val="00536462"/>
     <w:rsid w:val="00537C9C"/>
     <w:rsid w:val="005443B6"/>
     <w:rsid w:val="00566760"/>
     <w:rsid w:val="0057103D"/>
     <w:rsid w:val="0058224E"/>
     <w:rsid w:val="005871AE"/>
     <w:rsid w:val="00593BAB"/>
     <w:rsid w:val="00594B8F"/>
     <w:rsid w:val="005A234E"/>
     <w:rsid w:val="005A7A88"/>
     <w:rsid w:val="005C0FF8"/>
     <w:rsid w:val="005E2C88"/>
     <w:rsid w:val="005F6C13"/>
     <w:rsid w:val="006030ED"/>
+    <w:rsid w:val="0060591B"/>
     <w:rsid w:val="0063236A"/>
     <w:rsid w:val="00632991"/>
     <w:rsid w:val="006646BF"/>
     <w:rsid w:val="00670A62"/>
     <w:rsid w:val="00675754"/>
     <w:rsid w:val="00677ED4"/>
     <w:rsid w:val="006832A4"/>
     <w:rsid w:val="0068488D"/>
     <w:rsid w:val="00685367"/>
     <w:rsid w:val="006A09A4"/>
     <w:rsid w:val="006A79B1"/>
     <w:rsid w:val="006E0AF4"/>
     <w:rsid w:val="006F7E4F"/>
     <w:rsid w:val="00700BE4"/>
     <w:rsid w:val="007039EB"/>
     <w:rsid w:val="00727389"/>
     <w:rsid w:val="00730026"/>
     <w:rsid w:val="00732262"/>
     <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00746031"/>
     <w:rsid w:val="00773B26"/>
+    <w:rsid w:val="007874D8"/>
     <w:rsid w:val="007A192C"/>
     <w:rsid w:val="007A7518"/>
     <w:rsid w:val="007A7FD4"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007C78F6"/>
     <w:rsid w:val="007D2D08"/>
     <w:rsid w:val="007E0E29"/>
     <w:rsid w:val="007E74C7"/>
     <w:rsid w:val="007F4AEA"/>
     <w:rsid w:val="007F6600"/>
     <w:rsid w:val="00855824"/>
     <w:rsid w:val="00857B6F"/>
     <w:rsid w:val="008600AE"/>
     <w:rsid w:val="00866364"/>
     <w:rsid w:val="008727B2"/>
     <w:rsid w:val="00881D3E"/>
     <w:rsid w:val="008865DF"/>
     <w:rsid w:val="00892668"/>
     <w:rsid w:val="008A0A8E"/>
     <w:rsid w:val="008A6BED"/>
     <w:rsid w:val="008A7AA7"/>
+    <w:rsid w:val="008C2290"/>
     <w:rsid w:val="008C3A6A"/>
     <w:rsid w:val="008D4C75"/>
     <w:rsid w:val="008E16ED"/>
     <w:rsid w:val="008E3041"/>
     <w:rsid w:val="008E4FCB"/>
     <w:rsid w:val="008F08AE"/>
     <w:rsid w:val="008F120D"/>
     <w:rsid w:val="008F43A2"/>
     <w:rsid w:val="00921731"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="00954B55"/>
     <w:rsid w:val="009578D2"/>
     <w:rsid w:val="00961585"/>
     <w:rsid w:val="009620BA"/>
     <w:rsid w:val="009654CB"/>
     <w:rsid w:val="0098095B"/>
     <w:rsid w:val="009A10EE"/>
     <w:rsid w:val="009A22C6"/>
     <w:rsid w:val="009A4831"/>
     <w:rsid w:val="009B67EE"/>
     <w:rsid w:val="009B7C5E"/>
     <w:rsid w:val="009C359F"/>
     <w:rsid w:val="009C5A91"/>
     <w:rsid w:val="009D4996"/>
     <w:rsid w:val="009E562C"/>
@@ -5008,88 +3576,90 @@
     <w:rsid w:val="00B032FA"/>
     <w:rsid w:val="00B053B1"/>
     <w:rsid w:val="00B17B4B"/>
     <w:rsid w:val="00B232E7"/>
     <w:rsid w:val="00B307D5"/>
     <w:rsid w:val="00B36F03"/>
     <w:rsid w:val="00B46F32"/>
     <w:rsid w:val="00B5136E"/>
     <w:rsid w:val="00B61473"/>
     <w:rsid w:val="00B630B0"/>
     <w:rsid w:val="00B66867"/>
     <w:rsid w:val="00B72E64"/>
     <w:rsid w:val="00B74466"/>
     <w:rsid w:val="00B76251"/>
     <w:rsid w:val="00B939D3"/>
     <w:rsid w:val="00B97142"/>
     <w:rsid w:val="00BA1A79"/>
     <w:rsid w:val="00BB30A0"/>
     <w:rsid w:val="00BC0CD0"/>
     <w:rsid w:val="00BC18DE"/>
     <w:rsid w:val="00BD3A66"/>
     <w:rsid w:val="00BD72BF"/>
     <w:rsid w:val="00C1751C"/>
     <w:rsid w:val="00C34E2B"/>
     <w:rsid w:val="00C35405"/>
+    <w:rsid w:val="00C44B50"/>
     <w:rsid w:val="00C46837"/>
     <w:rsid w:val="00C65B7E"/>
     <w:rsid w:val="00C9614E"/>
     <w:rsid w:val="00CB56E9"/>
     <w:rsid w:val="00CC3AC8"/>
     <w:rsid w:val="00CD2919"/>
     <w:rsid w:val="00D0334A"/>
     <w:rsid w:val="00D107A5"/>
     <w:rsid w:val="00D1545F"/>
     <w:rsid w:val="00D22606"/>
     <w:rsid w:val="00D2275F"/>
     <w:rsid w:val="00D246BE"/>
     <w:rsid w:val="00D26F8A"/>
     <w:rsid w:val="00D337E7"/>
     <w:rsid w:val="00D34985"/>
     <w:rsid w:val="00D466C8"/>
     <w:rsid w:val="00D913E3"/>
     <w:rsid w:val="00D956C2"/>
     <w:rsid w:val="00DB5403"/>
     <w:rsid w:val="00DC7873"/>
     <w:rsid w:val="00DE07DA"/>
     <w:rsid w:val="00DF6BAE"/>
     <w:rsid w:val="00E06308"/>
     <w:rsid w:val="00E13E6F"/>
     <w:rsid w:val="00E25039"/>
     <w:rsid w:val="00E566B8"/>
     <w:rsid w:val="00E77ECD"/>
     <w:rsid w:val="00EA2EC9"/>
     <w:rsid w:val="00EA6F29"/>
     <w:rsid w:val="00EB21C2"/>
     <w:rsid w:val="00EC2B7D"/>
     <w:rsid w:val="00EC4F32"/>
     <w:rsid w:val="00EC6214"/>
     <w:rsid w:val="00ED015C"/>
     <w:rsid w:val="00ED727B"/>
     <w:rsid w:val="00EE1CD0"/>
     <w:rsid w:val="00EE3580"/>
     <w:rsid w:val="00EE455A"/>
+    <w:rsid w:val="00F100F0"/>
     <w:rsid w:val="00F220C8"/>
     <w:rsid w:val="00F32616"/>
     <w:rsid w:val="00F5370F"/>
     <w:rsid w:val="00F67C00"/>
     <w:rsid w:val="00F71D68"/>
     <w:rsid w:val="00F80CED"/>
     <w:rsid w:val="00F87308"/>
     <w:rsid w:val="00F92D35"/>
     <w:rsid w:val="00F92D39"/>
     <w:rsid w:val="00F963B3"/>
     <w:rsid w:val="00FA2B6E"/>
     <w:rsid w:val="00FB23F6"/>
     <w:rsid w:val="00FC54FB"/>
     <w:rsid w:val="00FD229A"/>
     <w:rsid w:val="00FD27C4"/>
     <w:rsid w:val="00FF1A30"/>
     <w:rsid w:val="00FF2438"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -6750,154 +5320,50 @@
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{83891F8A-557D-448D-BAD9-CD008D8C9EA7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00104CF5" w:rsidRDefault="00104CF5">
           <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5008162340A94E709ADF114B25754E6E"/>
-[...102 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="07E920B0D0AE4DA9973208ABE457FBAB"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{83D8FA70-B2C3-483A-BD18-3B085728A95E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007E045E" w:rsidRDefault="007E045E" w:rsidP="007E045E">
           <w:pPr>
             <w:pStyle w:val="07E920B0D0AE4DA9973208ABE457FBAB2"/>
           </w:pPr>
           <w:r w:rsidRPr="00201E0A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
@@ -7024,99 +5490,239 @@
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{893821AC-6936-4E90-B708-E783F7171021}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007E045E" w:rsidRDefault="007E045E" w:rsidP="007E045E">
           <w:pPr>
             <w:pStyle w:val="F74DEEBA8E314C628D5169B5E0B8763B2"/>
           </w:pPr>
           <w:r w:rsidRPr="00201E0A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7FF4BA57E7E84D45B223DE85F36F2F42"/>
-[...30 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="0708878F0D0B48FC9869FCBDC3E465E6"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93D1589B-FE92-4D8F-AFCE-4B925D3CEE50}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003E1481" w:rsidRDefault="003E1481" w:rsidP="003E1481">
           <w:pPr>
             <w:pStyle w:val="0708878F0D0B48FC9869FCBDC3E465E6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00201E0A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="514816958D7848ECBC0013CE838987AE"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B076BFD1-24DC-4615-BF42-715EF10F90C7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E70CA7" w:rsidRDefault="00E70CA7" w:rsidP="00E70CA7">
+          <w:pPr>
+            <w:pStyle w:val="514816958D7848ECBC0013CE838987AE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008237CC">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="012C740922CE41458E64DD2120A63DBB"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{75B4169C-2E3A-4961-BD2A-50976CCF8EB9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E70CA7" w:rsidRDefault="00E70CA7" w:rsidP="00E70CA7">
+          <w:pPr>
+            <w:pStyle w:val="012C740922CE41458E64DD2120A63DBB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9255289D68E74D5BBB02A0AE49D2AE8B"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ACB76443-02AC-4BCC-A910-C03ACFBEE1A5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D96EE7" w:rsidRDefault="00D96EE7" w:rsidP="00D96EE7">
+          <w:pPr>
+            <w:pStyle w:val="9255289D68E74D5BBB02A0AE49D2AE8B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00B36F03">
+            <w:t xml:space="preserve">Klicke oder tippe hier, um </w:t>
+          </w:r>
+          <w:r>
+            <w:t>Autor:innen</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00B36F03">
+            <w:t xml:space="preserve"> einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2CAB0AB3AD01417795F1A10E13E8CE43"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DBF19A02-F1AD-4C0D-A257-E56A67D377A1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D96EE7" w:rsidRDefault="00D96EE7" w:rsidP="00D96EE7">
+          <w:pPr>
+            <w:pStyle w:val="2CAB0AB3AD01417795F1A10E13E8CE43"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C21E9C8AFE9E4C8A895687B86BFE83B1"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{055831C3-7A2F-42C8-BECB-6C04BEB4F345}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D96EE7" w:rsidRDefault="00D96EE7" w:rsidP="00D96EE7">
+          <w:pPr>
+            <w:pStyle w:val="C21E9C8AFE9E4C8A895687B86BFE83B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00201E0A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -7179,109 +5785,98 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF5"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="0008557E"/>
     <w:rsid w:val="00086647"/>
     <w:rsid w:val="00104CF5"/>
     <w:rsid w:val="0014624D"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001E7905"/>
     <w:rsid w:val="00236338"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="003E1481"/>
     <w:rsid w:val="0040634A"/>
     <w:rsid w:val="005A7A88"/>
+    <w:rsid w:val="007874D8"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007E045E"/>
     <w:rsid w:val="008727B2"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="009A4831"/>
     <w:rsid w:val="00A37B1F"/>
+    <w:rsid w:val="00C44B50"/>
+    <w:rsid w:val="00D96EE7"/>
+    <w:rsid w:val="00E70CA7"/>
     <w:rsid w:val="00F32616"/>
     <w:rsid w:val="00FC723B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7694,103 +6289,90 @@
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:semiHidden/>
-    <w:rsid w:val="003E1481"/>
+    <w:rsid w:val="00D96EE7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5008162340A94E709ADF114B25754E6E8">
     <w:name w:val="5008162340A94E709ADF114B25754E6E8"/>
     <w:rsid w:val="007E045E"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="72FF70A4BA5C4FBD939B9109AE9CEF4F5">
     <w:name w:val="72FF70A4BA5C4FBD939B9109AE9CEF4F5"/>
     <w:rsid w:val="007E045E"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E76502E7F1E047DA9B59D8ED5B35A2EE2">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9255289D68E74D5BBB02A0AE49D2AE8B">
+    <w:name w:val="9255289D68E74D5BBB02A0AE49D2AE8B"/>
+    <w:rsid w:val="00D96EE7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07E920B0D0AE4DA9973208ABE457FBAB2">
     <w:name w:val="07E920B0D0AE4DA9973208ABE457FBAB2"/>
     <w:rsid w:val="007E045E"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C8584F371CA04E05BD734E9C9260935C2">
     <w:name w:val="C8584F371CA04E05BD734E9C9260935C2"/>
     <w:rsid w:val="007E045E"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -7833,61 +6415,73 @@
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F74DEEBA8E314C628D5169B5E0B8763B2">
     <w:name w:val="F74DEEBA8E314C628D5169B5E0B8763B2"/>
     <w:rsid w:val="007E045E"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9662E26EAFE4C8DB14AD8E8D98A7456">
-[...1 lines deleted...]
-    <w:rsid w:val="007E045E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="514816958D7848ECBC0013CE838987AE">
+    <w:name w:val="514816958D7848ECBC0013CE838987AE"/>
+    <w:rsid w:val="00E70CA7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FF4BA57E7E84D45B223DE85F36F2F42">
     <w:name w:val="7FF4BA57E7E84D45B223DE85F36F2F42"/>
     <w:rsid w:val="00A37B1F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0708878F0D0B48FC9869FCBDC3E465E6">
     <w:name w:val="0708878F0D0B48FC9869FCBDC3E465E6"/>
     <w:rsid w:val="003E1481"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="012C740922CE41458E64DD2120A63DBB">
+    <w:name w:val="012C740922CE41458E64DD2120A63DBB"/>
+    <w:rsid w:val="00E70CA7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CAB0AB3AD01417795F1A10E13E8CE43">
+    <w:name w:val="2CAB0AB3AD01417795F1A10E13E8CE43"/>
+    <w:rsid w:val="00D96EE7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C21E9C8AFE9E4C8A895687B86BFE83B1">
+    <w:name w:val="C21E9C8AFE9E4C8A895687B86BFE83B1"/>
+    <w:rsid w:val="00D96EE7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 234">
       <a:dk1>
         <a:srgbClr val="373545"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -8132,71 +6726,59 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c2eb7a32e66fb6e4260f3771546a5e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e1f6479c48b08974ba73b5ca973489" ns2:_="" ns3:_="">
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8363,139 +6945,151 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3768EA38-F8F0-4D30-AEC5-6AAA6AEFE256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54B27EA3-E61E-4E11-B675-A2E165A303A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Online Dienstprofil-Arbeitsblatt.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2867</Characters>
+  <Pages>2</Pages>
+  <Words>415</Words>
+  <Characters>2619</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3315</CharactersWithSpaces>
+  <CharactersWithSpaces>3028</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla Alibasic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>
   </property>