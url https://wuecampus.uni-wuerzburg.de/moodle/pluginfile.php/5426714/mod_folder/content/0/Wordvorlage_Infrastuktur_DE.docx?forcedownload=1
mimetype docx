--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -434,51 +434,51 @@
               <w:color w:val="808080"/>
             </w:rPr>
             <w:t xml:space="preserve"> bzw. d</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="808080"/>
             </w:rPr>
             <w:t>e</w:t>
           </w:r>
           <w:r w:rsidR="00630A8E" w:rsidRPr="00630A8E">
             <w:rPr>
               <w:color w:val="808080"/>
             </w:rPr>
             <w:t>s Angebot</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="808080"/>
             </w:rPr>
             <w:t>s</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3656D893" w14:textId="55592890" w:rsidR="00E335B6" w:rsidRPr="00E335B6" w:rsidRDefault="00B06B77" w:rsidP="00337B18">
+    <w:p w14:paraId="3656D893" w14:textId="55592890" w:rsidR="00E335B6" w:rsidRPr="00E335B6" w:rsidRDefault="00DD6176" w:rsidP="00337B18">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:alias w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:tag w:val="Kurzbeschreibung: max. 126 Zeichen"/>
           <w:id w:val="-888106377"/>
           <w:placeholder>
             <w:docPart w:val="1089E5A5CDE64F94A04F309AB77E3574"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
@@ -598,1221 +598,228 @@
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>SCHLAGWORTE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8942"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E335B6" w14:paraId="631F4D18" w14:textId="77777777" w:rsidTr="00450C07">
+      <w:tr w:rsidR="00E335B6" w:rsidRPr="00DD6176" w14:paraId="631F4D18" w14:textId="77777777" w:rsidTr="00450C07">
         <w:trPr>
           <w:trHeight w:val="1293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31A26E2A" w14:textId="77777777" w:rsidR="00E335B6" w:rsidRPr="00E335B6" w:rsidRDefault="00E335B6" w:rsidP="00337B18">
+          <w:p w14:paraId="53A1E4B1" w14:textId="77777777" w:rsidR="00210B1E" w:rsidRPr="00E00021" w:rsidRDefault="00210B1E" w:rsidP="00210B1E">
             <w:pPr>
-              <w:pStyle w:val="Einfhrung"/>
-              <w:spacing w:after="240"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Welche </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Keywords</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E00021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> passen zu Deinen Inhalten? Vergib </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schlagworte mit denen Du deinen Beitrag dann später in der Toolbox </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>vertaggst</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>, so dass er leichter gefunden wird.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="1439262948"/>
+              <w:placeholder>
+                <w:docPart w:val="204D238F583F4A2FBC9C8BBA799B5373"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-            </w:pPr>
-[...915 lines deleted...]
-          </w:p>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="6D3D48D0" w14:textId="04CF4095" w:rsidR="00247BB4" w:rsidRPr="00210B1E" w:rsidRDefault="00210B1E" w:rsidP="00210B1E">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:outlineLvl w:val="1"/>
+                  <w:rPr>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00DC61C2">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D50D1B8" w14:textId="77777777" w:rsidR="00337B18" w:rsidRDefault="00337B18"/>
+    <w:p w14:paraId="1D50D1B8" w14:textId="77777777" w:rsidR="00337B18" w:rsidRPr="00210B1E" w:rsidRDefault="00337B18">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="6049"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E335B6" w:rsidRPr="00B06B77" w14:paraId="09FB0F66" w14:textId="77777777" w:rsidTr="00802471">
-[...172 lines deleted...]
-      <w:tr w:rsidR="00630A8E" w:rsidRPr="00B06B77" w14:paraId="36ECAF01" w14:textId="77777777" w:rsidTr="00802471">
+      <w:tr w:rsidR="00630A8E" w:rsidRPr="00DD6176" w14:paraId="36ECAF01" w14:textId="77777777" w:rsidTr="00802471">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79645AEC" w14:textId="63E0687C" w:rsidR="00630A8E" w:rsidRPr="00600E72" w:rsidRDefault="00630A8E" w:rsidP="00337B18">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00247BB4">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>NBIETENDE &amp; ADRESSE</w:t>
@@ -1880,51 +887,51 @@
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:outlineLvl w:val="1"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00005E8A">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796545" w:rsidRPr="00B06B77" w14:paraId="58BC52BD" w14:textId="77777777" w:rsidTr="00005E8A">
+      <w:tr w:rsidR="00796545" w:rsidRPr="00DD6176" w14:paraId="58BC52BD" w14:textId="77777777" w:rsidTr="00005E8A">
         <w:trPr>
           <w:trHeight w:val="830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31027D40" w14:textId="2DC707CD" w:rsidR="00796545" w:rsidRPr="00600E72" w:rsidRDefault="00630A8E" w:rsidP="00337B18">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
@@ -2015,208 +1022,75 @@
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:outlineLvl w:val="1"/>
                   <w:rPr>
                     <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
                     <w:sz w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00005E8A">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00005E8A" w:rsidRPr="00B06B77" w14:paraId="6DA66265" w14:textId="77777777" w:rsidTr="003E3F61">
-[...133 lines deleted...]
-      <w:tr w:rsidR="00247BB4" w:rsidRPr="00B06B77" w14:paraId="3DE1E28E" w14:textId="77777777" w:rsidTr="003E3F61">
+      <w:tr w:rsidR="00247BB4" w:rsidRPr="00DD6176" w14:paraId="3DE1E28E" w14:textId="77777777" w:rsidTr="003E3F61">
         <w:trPr>
           <w:trHeight w:val="830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:id w:val="-1754892545"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1FBD022B" w14:textId="71113B5C" w:rsidR="00247BB4" w:rsidRPr="00DB5403" w:rsidRDefault="00247BB4" w:rsidP="00337B18">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
                   <w:spacing w:after="120"/>
                   <w:outlineLvl w:val="1"/>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
@@ -2228,50 +1102,51 @@
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:id w:val="-842700899"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="3108E910" w14:textId="298177F1" w:rsidR="00247BB4" w:rsidRPr="00247BB4" w:rsidRDefault="00247BB4" w:rsidP="00337B18">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:outlineLvl w:val="1"/>
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00247BB4">
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dir fehlt eine </w:t>
@@ -2281,51 +1156,453 @@
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Rubrik? Dann</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00247BB4">
                   <w:rPr>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> kannst Du sie hier hinzufügen</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796545" w:rsidRPr="00B06B77" w14:paraId="0525D890" w14:textId="77777777" w:rsidTr="003E3F61">
+      <w:tr w:rsidR="00210B1E" w:rsidRPr="00DD6176" w14:paraId="375AE8EB" w14:textId="77777777" w:rsidTr="003E3F61">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9535EA" w14:textId="7FE4C09E" w:rsidR="00210B1E" w:rsidRPr="00DB5403" w:rsidRDefault="00210B1E" w:rsidP="00210B1E">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; ANHANG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05BE66DC" w14:textId="45251C07" w:rsidR="00210B1E" w:rsidRDefault="00210B1E" w:rsidP="00210B1E">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:spacing w:after="240"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In der Eingabemaske kannst Du an dieser Stelle </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00247BB4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">noch eine Datei hinterlegen, die für das Angebot relevant ist. Bitte packe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00247BB4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>mehrere Dateien zu einer .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00247BB4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>zip</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00247BB4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-Datei. Die Datei darf nicht größer als 100 MB sein.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Texte"/>
+              </w:rPr>
+              <w:id w:val="1520279739"/>
+              <w:placeholder>
+                <w:docPart w:val="42495CDC360C482CA7FAAAEBD85EC0B3"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="0D41FB86" w14:textId="747CCA54" w:rsidR="00210B1E" w:rsidRDefault="00210B1E" w:rsidP="00210B1E">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00005E8A">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:bCs/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD6176" w:rsidRPr="00DD6176" w14:paraId="619CB294" w14:textId="77777777" w:rsidTr="003E3F61">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="138696C6" w14:textId="2252A61C" w:rsidR="00DD6176" w:rsidRDefault="00DD6176" w:rsidP="00210B1E">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>&gt; AUTORENLISTE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:id w:val="1532304792"/>
+            <w:placeholder>
+              <w:docPart w:val="D7E46627083F4D2497CDE4E615045428"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6049" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="2D52EEB7" w14:textId="10D82C89" w:rsidR="00DD6176" w:rsidRDefault="00DD6176" w:rsidP="00210B1E">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:outlineLvl w:val="1"/>
+                  <w:rPr>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="006E358F">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>Klicke oder tippe hier, um Autor:innen einzugeben.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00DD6176" w:rsidRPr="00DD6176" w14:paraId="3C998480" w14:textId="77777777" w:rsidTr="003E3F61">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D91C511" w14:textId="39C55173" w:rsidR="00DD6176" w:rsidRDefault="00DD6176" w:rsidP="00DD6176">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5403">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&gt; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>LITERATUR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>VERZEICHNIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="631099BD" w14:textId="77777777" w:rsidR="00DD6176" w:rsidRDefault="00DD6176" w:rsidP="00DD6176">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:spacing w:after="240"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00247BB4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Für Verweise auf verwendete Quellen, ergänzende Fachliteratur und Literaturempfehlungen zum Thema Deines Eintrags ist hier Platz.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Texte"/>
+              </w:rPr>
+              <w:id w:val="-1400041451"/>
+              <w:placeholder>
+                <w:docPart w:val="04857417C0CE4FA79931E9C0262FB41F"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="6C420A7E" w14:textId="0EE6C2B4" w:rsidR="00DD6176" w:rsidRDefault="00DD6176" w:rsidP="00DD6176">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:jc w:val="both"/>
+                  <w:outlineLvl w:val="1"/>
+                  <w:rPr>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00005E8A">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00796545" w:rsidRPr="00DD6176" w14:paraId="0525D890" w14:textId="77777777" w:rsidTr="003E3F61">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BBEF034" w14:textId="52EDA97D" w:rsidR="00796545" w:rsidRPr="00600E72" w:rsidRDefault="003E3F61" w:rsidP="00337B18">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="184176"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
@@ -2339,70 +1616,94 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidR="00247BB4">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">KOMMENTARFUNKTION </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7711E908" w14:textId="537564ED" w:rsidR="00796545" w:rsidRPr="0005686D" w:rsidRDefault="003F710D" w:rsidP="00337B18">
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:id w:val="-1955551590"/>
+              <w:placeholder>
+                <w:docPart w:val="F81B802111814494A40750681873AEFF"/>
+              </w:placeholder>
+              <w:comboBox>
+                <w:listItem w:value="Wählen Sie ein Element aus."/>
+                <w:listItem w:displayText="Ja." w:value="Ja."/>
+                <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
+              </w:comboBox>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="11125C77" w14:textId="77777777" w:rsidR="00210B1E" w:rsidRDefault="00210B1E" w:rsidP="00210B1E">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="001B5194">
+                  <w:rPr>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>In der Toolbox kannst du auswählen, ob andere berechtigt sein sollen, Kommentare zu hinterlassen</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="7711E908" w14:textId="5E3E24B0" w:rsidR="00796545" w:rsidRPr="0005686D" w:rsidRDefault="00796545" w:rsidP="00337B18">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005686D">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18457B85" w14:textId="77777777" w:rsidR="00600E72" w:rsidRDefault="00600E72" w:rsidP="00337B18">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00600E72" w:rsidSect="009F6E8B">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
@@ -2490,57 +1791,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C441196" w14:textId="67E02154" w:rsidR="00EC6214" w:rsidRPr="00EC6214" w:rsidRDefault="00EC6214" w:rsidP="008E3041">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -2814,51 +2108,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="316615611">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="104547491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1722241608">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2892,50 +2186,51 @@
     <w:rsid w:val="000F00F1"/>
     <w:rsid w:val="000F30F7"/>
     <w:rsid w:val="001014BE"/>
     <w:rsid w:val="00116044"/>
     <w:rsid w:val="00116785"/>
     <w:rsid w:val="00121522"/>
     <w:rsid w:val="001254DC"/>
     <w:rsid w:val="00137A99"/>
     <w:rsid w:val="00144EA3"/>
     <w:rsid w:val="00146419"/>
     <w:rsid w:val="00147A20"/>
     <w:rsid w:val="00151483"/>
     <w:rsid w:val="00164C59"/>
     <w:rsid w:val="001664D3"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001836BF"/>
     <w:rsid w:val="001851DD"/>
     <w:rsid w:val="001A4DB2"/>
     <w:rsid w:val="001A5625"/>
     <w:rsid w:val="001B1C5F"/>
     <w:rsid w:val="001B693D"/>
     <w:rsid w:val="001E6F75"/>
     <w:rsid w:val="001F5F6C"/>
     <w:rsid w:val="001F61D5"/>
     <w:rsid w:val="00205402"/>
+    <w:rsid w:val="00210B1E"/>
     <w:rsid w:val="00212ABB"/>
     <w:rsid w:val="00214F91"/>
     <w:rsid w:val="00221AEF"/>
     <w:rsid w:val="00236FA3"/>
     <w:rsid w:val="00240026"/>
     <w:rsid w:val="00247BB4"/>
     <w:rsid w:val="00251F63"/>
     <w:rsid w:val="0025296B"/>
     <w:rsid w:val="00252D7F"/>
     <w:rsid w:val="002562CE"/>
     <w:rsid w:val="00272B59"/>
     <w:rsid w:val="00275A40"/>
     <w:rsid w:val="0029485E"/>
     <w:rsid w:val="00294FF1"/>
     <w:rsid w:val="002A4FE1"/>
     <w:rsid w:val="002A7963"/>
     <w:rsid w:val="002B537D"/>
     <w:rsid w:val="002C062B"/>
     <w:rsid w:val="002D3629"/>
     <w:rsid w:val="002F3BB8"/>
     <w:rsid w:val="002F6EF7"/>
     <w:rsid w:val="003002BC"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="00337B18"/>
     <w:rsid w:val="00351C8A"/>
@@ -2997,50 +2292,51 @@
     <w:rsid w:val="00630A8E"/>
     <w:rsid w:val="0063236A"/>
     <w:rsid w:val="00632991"/>
     <w:rsid w:val="0064217A"/>
     <w:rsid w:val="00670A62"/>
     <w:rsid w:val="00675754"/>
     <w:rsid w:val="00677ED4"/>
     <w:rsid w:val="006832A4"/>
     <w:rsid w:val="006835E3"/>
     <w:rsid w:val="00685367"/>
     <w:rsid w:val="006A09A4"/>
     <w:rsid w:val="006A79B1"/>
     <w:rsid w:val="006E0AF4"/>
     <w:rsid w:val="006F6EBA"/>
     <w:rsid w:val="00700BE4"/>
     <w:rsid w:val="00703403"/>
     <w:rsid w:val="007039EB"/>
     <w:rsid w:val="00704DA4"/>
     <w:rsid w:val="00727389"/>
     <w:rsid w:val="00730026"/>
     <w:rsid w:val="00732262"/>
     <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00743310"/>
     <w:rsid w:val="00746031"/>
     <w:rsid w:val="00770ADC"/>
+    <w:rsid w:val="007874D8"/>
     <w:rsid w:val="00796545"/>
     <w:rsid w:val="007A192C"/>
     <w:rsid w:val="007A7518"/>
     <w:rsid w:val="007C4539"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007E0E29"/>
     <w:rsid w:val="007F4AEA"/>
     <w:rsid w:val="00802471"/>
     <w:rsid w:val="00804919"/>
     <w:rsid w:val="00855824"/>
     <w:rsid w:val="00857B6F"/>
     <w:rsid w:val="008600AE"/>
     <w:rsid w:val="00866364"/>
     <w:rsid w:val="00881D3E"/>
     <w:rsid w:val="008865DF"/>
     <w:rsid w:val="00892668"/>
     <w:rsid w:val="008A0A8E"/>
     <w:rsid w:val="008A6BED"/>
     <w:rsid w:val="008A7AA7"/>
     <w:rsid w:val="008C3A6A"/>
     <w:rsid w:val="008D4C75"/>
     <w:rsid w:val="008E16ED"/>
     <w:rsid w:val="008E3041"/>
     <w:rsid w:val="008E4FCB"/>
     <w:rsid w:val="008F08AE"/>
@@ -3110,52 +2406,54 @@
     <w:rsid w:val="00C65B7E"/>
     <w:rsid w:val="00C71133"/>
     <w:rsid w:val="00C9614E"/>
     <w:rsid w:val="00CA5046"/>
     <w:rsid w:val="00CB56E9"/>
     <w:rsid w:val="00CD2919"/>
     <w:rsid w:val="00CF6563"/>
     <w:rsid w:val="00D00A85"/>
     <w:rsid w:val="00D0334A"/>
     <w:rsid w:val="00D107A5"/>
     <w:rsid w:val="00D1329F"/>
     <w:rsid w:val="00D1545F"/>
     <w:rsid w:val="00D2275F"/>
     <w:rsid w:val="00D246BE"/>
     <w:rsid w:val="00D26F8A"/>
     <w:rsid w:val="00D337E7"/>
     <w:rsid w:val="00D34985"/>
     <w:rsid w:val="00D466C8"/>
     <w:rsid w:val="00D52492"/>
     <w:rsid w:val="00D761FE"/>
     <w:rsid w:val="00D913E3"/>
     <w:rsid w:val="00D956C2"/>
     <w:rsid w:val="00D95E31"/>
     <w:rsid w:val="00DB5403"/>
     <w:rsid w:val="00DC7873"/>
+    <w:rsid w:val="00DD6176"/>
     <w:rsid w:val="00DE07DA"/>
     <w:rsid w:val="00DF6BAE"/>
+    <w:rsid w:val="00E105F6"/>
     <w:rsid w:val="00E13E6F"/>
     <w:rsid w:val="00E25039"/>
     <w:rsid w:val="00E335B6"/>
     <w:rsid w:val="00E566B8"/>
     <w:rsid w:val="00E77ECD"/>
     <w:rsid w:val="00EA2EC9"/>
     <w:rsid w:val="00EA6F29"/>
     <w:rsid w:val="00EC2B7D"/>
     <w:rsid w:val="00EC4F32"/>
     <w:rsid w:val="00EC6214"/>
     <w:rsid w:val="00ED015C"/>
     <w:rsid w:val="00ED2222"/>
     <w:rsid w:val="00ED727B"/>
     <w:rsid w:val="00EE1CD0"/>
     <w:rsid w:val="00EE455A"/>
     <w:rsid w:val="00EF614C"/>
     <w:rsid w:val="00EF6351"/>
     <w:rsid w:val="00F220C8"/>
     <w:rsid w:val="00F5370F"/>
     <w:rsid w:val="00F67C00"/>
     <w:rsid w:val="00F71D68"/>
     <w:rsid w:val="00F80CED"/>
     <w:rsid w:val="00F87308"/>
     <w:rsid w:val="00F92D35"/>
     <w:rsid w:val="00F92D39"/>
@@ -4932,226 +4230,321 @@
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EC103D31-812E-45B2-870E-FB33F3494F89}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00EB1E11" w:rsidRDefault="00BC59F3" w:rsidP="00BC59F3">
           <w:pPr>
             <w:pStyle w:val="C94FAC5FDAB143D685C4CF7A37593194"/>
           </w:pPr>
           <w:r w:rsidRPr="00005E8A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="CF2AD288E08A4CC9A5DFDA899F3CCC8D"/>
-[...32 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="1089E5A5CDE64F94A04F309AB77E3574"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0DA60C4C-CCB3-4DAD-BFEF-6E4D04A512CD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0036312A" w:rsidRDefault="0036312A" w:rsidP="0036312A">
           <w:pPr>
             <w:pStyle w:val="1089E5A5CDE64F94A04F309AB77E3574"/>
-          </w:pPr>
-[...27 lines deleted...]
-            <w:pStyle w:val="587C301B76CC4F999704D202FB8BA61A"/>
           </w:pPr>
           <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA14121163034843BF74B8FB451AF9D3"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0D410AED-640D-48D0-9E07-0DF92ADF7FF6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E7086B" w:rsidRDefault="00E7086B" w:rsidP="00E7086B">
           <w:pPr>
             <w:pStyle w:val="AA14121163034843BF74B8FB451AF9D3"/>
           </w:pPr>
           <w:r w:rsidRPr="00005E8A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="BF89DF970370400DB8CD0A83265F638F"/>
-[...30 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EB1334AC-D096-4755-AA52-CA7DF8381383}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006F24E1" w:rsidRDefault="006F24E1">
           <w:r w:rsidRPr="00C574E5">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="204D238F583F4A2FBC9C8BBA799B5373"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9165C358-48B1-46B1-BAE9-96229DC4954E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00396441" w:rsidRDefault="00396441" w:rsidP="00396441">
+          <w:pPr>
+            <w:pStyle w:val="204D238F583F4A2FBC9C8BBA799B5373"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F81B802111814494A40750681873AEFF"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{794763BA-8F03-488B-87A2-AC593E5C14E9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00396441" w:rsidRDefault="00396441" w:rsidP="00396441">
+          <w:pPr>
+            <w:pStyle w:val="F81B802111814494A40750681873AEFF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008237CC">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="42495CDC360C482CA7FAAAEBD85EC0B3"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B6192713-8BF1-414D-8394-36D6171C7AA7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00396441" w:rsidRDefault="00396441" w:rsidP="00396441">
+          <w:pPr>
+            <w:pStyle w:val="42495CDC360C482CA7FAAAEBD85EC0B3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00005E8A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="04857417C0CE4FA79931E9C0262FB41F"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CF0F0A5E-6E32-4B13-BEC0-8E96D8F0CA81}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E561C6" w:rsidRDefault="00E561C6" w:rsidP="00E561C6">
+          <w:pPr>
+            <w:pStyle w:val="04857417C0CE4FA79931E9C0262FB41F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00005E8A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D7E46627083F4D2497CDE4E615045428"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{209588E5-42A0-48C2-9E9D-2C9ECA9CDA6F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E561C6" w:rsidRDefault="00E561C6" w:rsidP="00E561C6">
+          <w:pPr>
+            <w:pStyle w:val="D7E46627083F4D2497CDE4E615045428"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0064217A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Klicke oder tippe hier, um </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>A</w:t>
+          </w:r>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>utor:innen</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064217A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5191,120 +4584,117 @@
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF5"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="00104CF5"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001B1C5F"/>
     <w:rsid w:val="001E3841"/>
     <w:rsid w:val="00214F91"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="0036312A"/>
     <w:rsid w:val="003758E0"/>
+    <w:rsid w:val="00396441"/>
     <w:rsid w:val="0040634A"/>
     <w:rsid w:val="00484CEE"/>
     <w:rsid w:val="006F24E1"/>
+    <w:rsid w:val="007874D8"/>
     <w:rsid w:val="007C4CF6"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="00804919"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="009A584C"/>
     <w:rsid w:val="009B10A1"/>
     <w:rsid w:val="00AD4E47"/>
     <w:rsid w:val="00BB6380"/>
     <w:rsid w:val="00BC59F3"/>
     <w:rsid w:val="00BD6F02"/>
     <w:rsid w:val="00D52492"/>
+    <w:rsid w:val="00E105F6"/>
+    <w:rsid w:val="00E561C6"/>
     <w:rsid w:val="00E7086B"/>
     <w:rsid w:val="00EB1E11"/>
     <w:rsid w:val="00FC723B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -5718,51 +5108,51 @@
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:semiHidden/>
-    <w:rsid w:val="006F24E1"/>
+    <w:rsid w:val="00E561C6"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C916EB8072A4E4AB6C2F2C4EABFA132">
     <w:name w:val="6C916EB8072A4E4AB6C2F2C4EABFA132"/>
     <w:rsid w:val="00BC59F3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="left" w:pos="5768"/>
       </w:tabs>
       <w:spacing w:before="600" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaBold-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaBold-Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C94FAC5FDAB143D685C4CF7A37593194">
@@ -5781,61 +5171,73 @@
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF2AD288E08A4CC9A5DFDA899F3CCC8D">
     <w:name w:val="CF2AD288E08A4CC9A5DFDA899F3CCC8D"/>
     <w:rsid w:val="00BC59F3"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA14121163034843BF74B8FB451AF9D3">
     <w:name w:val="AA14121163034843BF74B8FB451AF9D3"/>
     <w:rsid w:val="00E7086B"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF89DF970370400DB8CD0A83265F638F">
-[...1 lines deleted...]
-    <w:rsid w:val="00E7086B"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04857417C0CE4FA79931E9C0262FB41F">
+    <w:name w:val="04857417C0CE4FA79931E9C0262FB41F"/>
+    <w:rsid w:val="00E561C6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1089E5A5CDE64F94A04F309AB77E3574">
     <w:name w:val="1089E5A5CDE64F94A04F309AB77E3574"/>
     <w:rsid w:val="0036312A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="587C301B76CC4F999704D202FB8BA61A">
-[...1 lines deleted...]
-    <w:rsid w:val="0036312A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7E46627083F4D2497CDE4E615045428">
+    <w:name w:val="D7E46627083F4D2497CDE4E615045428"/>
+    <w:rsid w:val="00E561C6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="204D238F583F4A2FBC9C8BBA799B5373">
+    <w:name w:val="204D238F583F4A2FBC9C8BBA799B5373"/>
+    <w:rsid w:val="00396441"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F81B802111814494A40750681873AEFF">
+    <w:name w:val="F81B802111814494A40750681873AEFF"/>
+    <w:rsid w:val="00396441"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42495CDC360C482CA7FAAAEBD85EC0B3">
+    <w:name w:val="42495CDC360C482CA7FAAAEBD85EC0B3"/>
+    <w:rsid w:val="00396441"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 234">
       <a:dk1>
         <a:srgbClr val="373545"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -6080,58 +5482,50 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c2eb7a32e66fb6e4260f3771546a5e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e1f6479c48b08974ba73b5ca973489" ns2:_="" ns3:_="">
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -6298,152 +5692,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3768EA38-F8F0-4D30-AEC5-6AAA6AEFE256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54B27EA3-E61E-4E11-B675-A2E165A303A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Online Dienstprofil-Arbeitsblatt.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>257</Words>
-  <Characters>1623</Characters>
+  <Words>252</Words>
+  <Characters>1592</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1877</CharactersWithSpaces>
+  <CharactersWithSpaces>1841</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla Alibasic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>