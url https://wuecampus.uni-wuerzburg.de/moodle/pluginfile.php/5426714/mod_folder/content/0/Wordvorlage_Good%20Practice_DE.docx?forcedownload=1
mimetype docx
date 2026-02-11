--- v0 (2025-12-05)
+++ v1 (2026-02-11)
@@ -230,51 +230,51 @@
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>AUS DER DIGITALEN LEHRE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9327" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2199"/>
         <w:gridCol w:w="7128"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00240026" w:rsidRPr="00CC60F2" w14:paraId="5C441FEF" w14:textId="77777777" w:rsidTr="00CC60F2">
+      <w:tr w:rsidR="00240026" w:rsidRPr="00F209C7" w14:paraId="5C441FEF" w14:textId="77777777" w:rsidTr="00CC60F2">
         <w:trPr>
           <w:trHeight w:val="835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2199" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DB64FCD" w14:textId="74592E37" w:rsidR="009F6A5E" w:rsidRPr="009F6A5E" w:rsidRDefault="00240026" w:rsidP="009F6A5E">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:spacing w:afterLines="300" w:after="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:szCs w:val="24"/>
@@ -371,56 +371,56 @@
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Practices umfassen fach- oder veranstaltungsspezifische Erfahrungsberichte, die als Inspirationsquelle dienen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Titel: max. 86 Zeichen"/>
         <w:id w:val="-1907298504"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="797F3E2F" w14:textId="0020804B" w:rsidR="007A192C" w:rsidRPr="00686696" w:rsidRDefault="002C062B" w:rsidP="00686696">
+        <w:p w14:paraId="797F3E2F" w14:textId="0020804B" w:rsidR="007A192C" w:rsidRPr="001B3BE7" w:rsidRDefault="002C062B" w:rsidP="00686696">
           <w:pPr>
             <w:pStyle w:val="Titel1"/>
             <w:spacing w:before="0"/>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="001B3BE7">
             <w:t>Titel</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Kurzbeschreibung"/>
         <w:id w:val="-888106377"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Kurzbeschreibung: max. 126 Zeichen"/>
             <w:tag w:val="Kurzbeschreibung: max. 126 Zeichen"/>
             <w:id w:val="-494334912"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
@@ -431,281 +431,57 @@
               </w:pPr>
               <w:r>
                 <w:t>K</w:t>
               </w:r>
               <w:r w:rsidR="00147A20" w:rsidRPr="00147A20">
                 <w:t>urz</w:t>
               </w:r>
               <w:r>
                 <w:t>b</w:t>
               </w:r>
               <w:r w:rsidR="00147A20" w:rsidRPr="00147A20">
                 <w:t>eschreibung</w:t>
               </w:r>
               <w:r w:rsidR="009F6A5E">
                 <w:t xml:space="preserve">: </w:t>
               </w:r>
               <w:r w:rsidR="009F6A5E" w:rsidRPr="009F6A5E">
                 <w:t xml:space="preserve">Was behandelt Dein </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="009F6A5E" w:rsidRPr="009F6A5E">
                 <w:t>Good</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidR="009F6A5E" w:rsidRPr="009F6A5E">
-                <w:t xml:space="preserve"> Practice? Bringe Dein </w:t>
-[...7 lines deleted...]
-                <w:t>-Practice in nur einem Satz auf den Punkt.</w:t>
+                <w:t xml:space="preserve"> Practice? Bringe Dein Good-Practice in nur einem Satz auf den Punkt.</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
-    <w:tbl>
-[...214 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="42466207" w14:textId="195E7292" w:rsidR="00B61473" w:rsidRPr="00DB5403" w:rsidRDefault="00B61473" w:rsidP="00B61473">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB5403">
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -723,1133 +499,163 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>SCHLAGWORTE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9084" w:type="dxa"/>
         <w:tblInd w:w="-11" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Biografie"/>
         <w:tblDescription w:val="Profiltitel, Zusammenfassung der Erfahrungen, Ausbildung, Zertifizierungen, Rezensionen, Digitalfoto von Ihnen"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11"/>
         <w:gridCol w:w="2497"/>
-        <w:gridCol w:w="508"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2921"/>
+        <w:gridCol w:w="6434"/>
         <w:gridCol w:w="142"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002014E4" w14:paraId="2C846E5A" w14:textId="77777777" w:rsidTr="003830DD">
+      <w:tr w:rsidR="002014E4" w:rsidRPr="00F209C7" w14:paraId="2C846E5A" w14:textId="77777777" w:rsidTr="003830DD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="11" w:type="dxa"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="1291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="03EFC702" w14:textId="77777777" w:rsidR="002014E4" w:rsidRPr="00CC60F2" w:rsidRDefault="002014E4" w:rsidP="002014E4">
+          <w:p w14:paraId="26F5573B" w14:textId="77777777" w:rsidR="00EA7FB8" w:rsidRPr="00E00021" w:rsidRDefault="00EA7FB8" w:rsidP="00EA7FB8">
             <w:pPr>
-              <w:spacing w:after="240"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
-                <w:color w:val="auto"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC60F2">
+            <w:r w:rsidRPr="00E00021">
               <w:rPr>
                 <w:bCs/>
-                <w:color w:val="auto"/>
-[...2 lines deleted...]
-              <w:t>Welche Schlagworte passen zu Deinen Inhalten? Vergib Tags, mit denen Dein Beitrag leicht gefunden wird.</w:t>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Welche </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Keywords</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E00021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> passen zu Deinen Inhalten? Vergib </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schlagworte mit denen Du deinen Beitrag dann später in der Toolbox </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>vertaggst</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>, so dass er leichter gefunden wird.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64F52B21" w14:textId="272A6126" w:rsidR="002014E4" w:rsidRPr="00CC60F2" w:rsidRDefault="002014E4" w:rsidP="002014E4">
-[...996 lines deleted...]
-          </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
-              <w:id w:val="1980183829"/>
+              <w:id w:val="1439262948"/>
               <w:placeholder>
-                <w:docPart w:val="6431F697DBD645E79CE1EEEC4EDFBF05"/>
+                <w:docPart w:val="9C94E117C9D543138B6EBDB0D2121E3B"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
-                <w:b w:val="0"/>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w14:paraId="494B20BF" w14:textId="77777777" w:rsidR="00EC5CA5" w:rsidRPr="009F6A5E" w:rsidRDefault="00EC5CA5" w:rsidP="00EC5CA5">
+              <w:p w14:paraId="64F52B21" w14:textId="2D204B3A" w:rsidR="002014E4" w:rsidRPr="00EA7FB8" w:rsidRDefault="00EA7FB8" w:rsidP="00EA7FB8">
                 <w:pPr>
-                  <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:rPr>
-                    <w:color w:val="000000" w:themeColor="text2"/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004B4CDB">
+                <w:r w:rsidRPr="00DC61C2">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
-                    <w:b w:val="0"/>
                     <w:bCs/>
-                    <w:sz w:val="22"/>
-                    <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC5CA5" w:rsidRPr="00CC60F2" w14:paraId="70528810" w14:textId="77777777" w:rsidTr="002014E4">
+      <w:tr w:rsidR="00EC5CA5" w:rsidRPr="00F209C7" w14:paraId="70528810" w14:textId="77777777" w:rsidTr="002014E4">
         <w:trPr>
           <w:trHeight w:val="1381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="546C96BC" w14:textId="59FCDE25" w:rsidR="00EC5CA5" w:rsidRDefault="00EC5CA5" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -1860,51 +666,51 @@
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidR="002014E4">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>AUSGANGSLAGE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69BE5C39" w14:textId="77777777" w:rsidR="002014E4" w:rsidRDefault="002014E4" w:rsidP="008E685E">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002014E4">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Welcher Anlass im Hochschulalltag erweckte für Dich ein Bedürfnis nach Veränderung? Welche Veränderungen sollte Dein </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002014E4">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
@@ -1932,82 +738,82 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5CA5">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Nutze gerne die Möglichkeit Screenshots, Grafiken oder Videos einzubinden</w:t>
             </w:r>
             <w:r w:rsidR="002014E4">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC5CA5" w:rsidRPr="00CC60F2" w14:paraId="6366A873" w14:textId="77777777" w:rsidTr="008E48EE">
+      <w:tr w:rsidR="00EC5CA5" w:rsidRPr="00F209C7" w14:paraId="6366A873" w14:textId="77777777" w:rsidTr="008E48EE">
         <w:trPr>
           <w:trHeight w:val="763"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2B039B2C" w14:textId="77777777" w:rsidR="00EC5CA5" w:rsidRDefault="00EC5CA5" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
               <w:id w:val="-1930114627"/>
               <w:placeholder>
                 <w:docPart w:val="40747E1C28424A5F8B3690D92CB46740"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
@@ -2040,51 +846,51 @@
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidRPr="002B537D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E48EE" w:rsidRPr="00CC60F2" w14:paraId="1B240293" w14:textId="77777777" w:rsidTr="008E48EE">
+      <w:tr w:rsidR="008E48EE" w:rsidRPr="00F209C7" w14:paraId="1B240293" w14:textId="77777777" w:rsidTr="008E48EE">
         <w:trPr>
           <w:trHeight w:val="1116"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4FABA6FB" w14:textId="3171283E" w:rsidR="008E48EE" w:rsidRDefault="008E48EE" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -2095,51 +901,51 @@
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidR="002014E4">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>VORGEHENSWEISE &amp; ERGEBNIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64FECC23" w14:textId="77777777" w:rsidR="002014E4" w:rsidRDefault="002014E4" w:rsidP="002014E4">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002014E4">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Wie wurde Dein </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002014E4">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
@@ -2169,82 +975,82 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Practice? Kannst Du von Schwierigkeiten und Chancen berichten?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0731C375" w14:textId="63A821DE" w:rsidR="008E48EE" w:rsidRPr="004B4CDB" w:rsidRDefault="002014E4" w:rsidP="008E48EE">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002014E4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Tipp: Schöpfe die Möglichkeiten des Editors aus und binde Bilder, Grafiken, Videos oder weitere Elemente ein!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E48EE" w:rsidRPr="00CC60F2" w14:paraId="2A50B419" w14:textId="77777777" w:rsidTr="008E48EE">
+      <w:tr w:rsidR="008E48EE" w:rsidRPr="00F209C7" w14:paraId="2A50B419" w14:textId="77777777" w:rsidTr="008E48EE">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="59AEC9C4" w14:textId="77777777" w:rsidR="008E48EE" w:rsidRDefault="008E48EE" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
               <w:id w:val="-2017461607"/>
               <w:placeholder>
                 <w:docPart w:val="1FE0735C2F8A44A7AE0857E34065EE84"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
@@ -2275,125 +1081,126 @@
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidRPr="002B537D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B66F2" w:rsidRPr="00CC60F2" w14:paraId="4CEDBCF8" w14:textId="77777777" w:rsidTr="008E48EE">
+      <w:tr w:rsidR="003B66F2" w:rsidRPr="00F209C7" w14:paraId="4CEDBCF8" w14:textId="77777777" w:rsidTr="008E48EE">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="212D6703" w14:textId="6282EE97" w:rsidR="003B66F2" w:rsidRDefault="002014E4" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>&gt; TOOLS UND TECHNIK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6C4F7975" w14:textId="77777777" w:rsidR="00CC09AF" w:rsidRPr="00CC60F2" w:rsidRDefault="00CC09AF" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC60F2">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Welche Technologien (Softwareanwendungen, Hardware etc.) kommen zum Einsatz? Hast Du konkrete Empfehlungen, bspw. zu bestimmter Technik oder benötigten Räumlichkeiten?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1729C089" w14:textId="77777777" w:rsidR="003B66F2" w:rsidRDefault="00CC09AF" w:rsidP="0027154F">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC09AF">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Tipp: Erstelle Einträge, um die von Dir verwendeten Tools hinzuzufügen oder verweise (bspw. durch Verlinkungen) auf bereits eingetragene Tools.</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
               <w:id w:val="749463219"/>
               <w:placeholder>
                 <w:docPart w:val="91F0238113974C7A87D178AE32884184"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:sdtEndPr>
@@ -2422,183 +1229,51 @@
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidRPr="002B537D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B66F2" w:rsidRPr="00CC60F2" w14:paraId="610DB201" w14:textId="77777777" w:rsidTr="008E48EE">
-[...131 lines deleted...]
-      <w:tr w:rsidR="00CC09AF" w:rsidRPr="00CC60F2" w14:paraId="25CCDA38" w14:textId="77777777" w:rsidTr="008E48EE">
+      <w:tr w:rsidR="00CC09AF" w:rsidRPr="00F209C7" w14:paraId="25CCDA38" w14:textId="77777777" w:rsidTr="008E48EE">
         <w:trPr>
           <w:trHeight w:val="845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:id w:val="943269619"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
@@ -2616,180 +1291,521 @@
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>&gt; ZUSÄTZLICHE INFORMATIONEN AN-GEBEN</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:id w:val="1493364875"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="557FE04D" w14:textId="77777777" w:rsidR="00CC09AF" w:rsidRPr="00CC09AF" w:rsidRDefault="00CC09AF" w:rsidP="008E685E">
                 <w:pPr>
                   <w:pStyle w:val="Zeile"/>
                   <w:rPr>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00CC09AF">
                   <w:rPr>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dir fehlt </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00704281">
                   <w:rPr>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>eine Rubrik? Dann</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00CC09AF">
                   <w:rPr>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> kannst Du sie hier hinzufügen.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E685E" w:rsidRPr="00CC60F2" w14:paraId="5E76B10D" w14:textId="77777777" w:rsidTr="008E48EE">
+      <w:tr w:rsidR="00EA7FB8" w:rsidRPr="00F209C7" w14:paraId="1E8AA6D6" w14:textId="77777777" w:rsidTr="008E48EE">
         <w:trPr>
           <w:trHeight w:val="845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF06CC4" w14:textId="22986E1A" w:rsidR="008E685E" w:rsidRDefault="008E685E" w:rsidP="008E685E">
+          <w:p w14:paraId="55619117" w14:textId="41F7F00C" w:rsidR="00EA7FB8" w:rsidRDefault="00EA7FB8" w:rsidP="00EA7FB8">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
               <w:spacing w:after="120"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>&gt; KOMMENTARE</w:t>
+              <w:t>&gt; ANHANG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6576" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B080A95" w14:textId="2480BF6A" w:rsidR="00EA7FB8" w:rsidRDefault="00EA7FB8" w:rsidP="00EA7FB8">
+            <w:pPr>
+              <w:pStyle w:val="Zeile"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00954C8F">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hier kannst Du </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in der Eingabemaske </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00954C8F">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>noch eine Datei hinterlegen, die für das Tool relevant ist. Bitte packe mehrere Dateien zu einer .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00954C8F">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>zip</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00954C8F">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-Datei. Die Datei darf nicht größer als 100 MB sein.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F209C7" w:rsidRPr="00F209C7" w14:paraId="623CA676" w14:textId="77777777" w:rsidTr="008E48EE">
+        <w:trPr>
+          <w:trHeight w:val="845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2508" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6630043D" w14:textId="62A411D8" w:rsidR="00F209C7" w:rsidRDefault="00F209C7" w:rsidP="00F209C7">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&gt; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003156C4">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>AUTORENLISTE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6576" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:id w:val="-1392190774"/>
+                <w:rStyle w:val="Formatvorlage1"/>
+              </w:rPr>
+              <w:id w:val="-167705575"/>
               <w:placeholder>
-                <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+                <w:docPart w:val="4FB2C88BFCBF4185BF3BE858ED104368"/>
               </w:placeholder>
-              <w:comboBox>
-[...3 lines deleted...]
-              </w:comboBox>
+              <w:showingPlcHdr/>
+              <w15:color w:val="333333"/>
+              <w:text w:multiLine="1"/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="23307B03" w14:textId="0F414863" w:rsidR="008E685E" w:rsidRPr="009F6A5E" w:rsidRDefault="00CE21B8" w:rsidP="008E685E">
+              <w:p w14:paraId="5B1F7E49" w14:textId="4B4D7C63" w:rsidR="00F209C7" w:rsidRPr="00954C8F" w:rsidRDefault="00F209C7" w:rsidP="00F209C7">
                 <w:pPr>
                   <w:pStyle w:val="Zeile"/>
                   <w:rPr>
-                    <w:szCs w:val="20"/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="009F6A5E">
+                <w:r w:rsidRPr="00FC3932">
                   <w:rPr>
-                    <w:szCs w:val="20"/>
+                    <w:rStyle w:val="Platzhaltertext"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
-                  <w:t>Sollen andere berechtigt sein, Kommentare in der Toolbox zu hinterlassen?</w:t>
+                  <w:t xml:space="preserve">Klicke oder tippe hier, um </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>Autor:innen</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00FC3932">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="7B89545F" w14:textId="3C1D9953" w:rsidR="008E685E" w:rsidRPr="009F6A5E" w:rsidRDefault="008E685E" w:rsidP="008E685E">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B3BE7" w:rsidRPr="00F209C7" w14:paraId="345C0B60" w14:textId="77777777" w:rsidTr="008E48EE">
+        <w:trPr>
+          <w:trHeight w:val="845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2508" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="454521AA" w14:textId="153A12DD" w:rsidR="001B3BE7" w:rsidRDefault="001B3BE7" w:rsidP="001B3BE7">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; LITERATUR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-VERZEICHNIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6576" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBE4BFC" w14:textId="77777777" w:rsidR="001B3BE7" w:rsidRDefault="001B3BE7" w:rsidP="001B3BE7">
+            <w:pPr>
+              <w:pStyle w:val="Zeile"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF098B">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Für Verweise auf verwendete Quellen, ergänzende Fachliteratur und Literaturempfehlungen zum Thema Deines Eintrags ist hier Platz.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="1924832142"/>
+              <w:placeholder>
+                <w:docPart w:val="0224AAB08EC74EE08D11FBC9BFDDBB4A"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="082952D9" w14:textId="1E75C529" w:rsidR="001B3BE7" w:rsidRPr="001B3BE7" w:rsidRDefault="001B3BE7" w:rsidP="001B3BE7">
+                <w:pPr>
+                  <w:pStyle w:val="Zeile"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage1"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="002B537D">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:bCs/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>Klicke</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:bCs/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="002B537D">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:bCs/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>oder tippe hier, um Text einzugeben.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7FB8" w:rsidRPr="00F209C7" w14:paraId="5E76B10D" w14:textId="77777777" w:rsidTr="008E48EE">
+        <w:trPr>
+          <w:trHeight w:val="845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2508" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF06CC4" w14:textId="5BBC6976" w:rsidR="001B3BE7" w:rsidRDefault="00EA7FB8" w:rsidP="00EA7FB8">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="BA5490"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; KOMMENTAR</w:t>
+            </w:r>
+            <w:r w:rsidR="001B3BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-FUNKTION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6576" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB51B24" w14:textId="77777777" w:rsidR="00EA7FB8" w:rsidRDefault="001B3BE7" w:rsidP="00EA7FB8">
+            <w:pPr>
+              <w:pStyle w:val="Zeile"/>
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:lang w:val="de-DE"/>
+                </w:rPr>
+                <w:id w:val="-1955551590"/>
+                <w:placeholder>
+                  <w:docPart w:val="A52B98C2D5304297B0193FD8FA4CC634"/>
+                </w:placeholder>
+                <w:comboBox>
+                  <w:listItem w:value="Wählen Sie ein Element aus."/>
+                  <w:listItem w:displayText="Ja." w:value="Ja."/>
+                  <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
+                </w:comboBox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00EA7FB8" w:rsidRPr="001B5194">
+                  <w:rPr>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>In der Toolbox kannst du auswählen, ob andere berechtigt sein sollen, Kommentare zu hinterlassen</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="7B89545F" w14:textId="34DF27B2" w:rsidR="00EA7FB8" w:rsidRPr="009F6A5E" w:rsidRDefault="00EA7FB8" w:rsidP="00EA7FB8">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3523F01C" w14:textId="77777777" w:rsidR="00EE455A" w:rsidRPr="00E77ECD" w:rsidRDefault="00EE455A" w:rsidP="00D1545F">
       <w:pPr>
         <w:pStyle w:val="Kontrollkstchen"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EE455A" w:rsidRPr="00E77ECD" w:rsidSect="009F6E8B">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
@@ -2885,57 +1901,50 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C441196" w14:textId="67E02154" w:rsidR="00EC6214" w:rsidRPr="00EC6214" w:rsidRDefault="00EC6214" w:rsidP="008E3041">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -3209,51 +2218,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="316615611">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="104547491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1722241608">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -3270,50 +2279,51 @@
     <w:rsid w:val="000714FA"/>
     <w:rsid w:val="00082E82"/>
     <w:rsid w:val="00086692"/>
     <w:rsid w:val="00094B97"/>
     <w:rsid w:val="00097AEC"/>
     <w:rsid w:val="000B504F"/>
     <w:rsid w:val="000B5220"/>
     <w:rsid w:val="000B61C3"/>
     <w:rsid w:val="000C516F"/>
     <w:rsid w:val="000D6FB5"/>
     <w:rsid w:val="000F00F1"/>
     <w:rsid w:val="000F30F7"/>
     <w:rsid w:val="00116044"/>
     <w:rsid w:val="00125EA3"/>
     <w:rsid w:val="00137A99"/>
     <w:rsid w:val="00144EA3"/>
     <w:rsid w:val="00146419"/>
     <w:rsid w:val="00147A20"/>
     <w:rsid w:val="00151483"/>
     <w:rsid w:val="001664D3"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001836BF"/>
     <w:rsid w:val="001851DD"/>
     <w:rsid w:val="001A4DB2"/>
     <w:rsid w:val="001A5625"/>
+    <w:rsid w:val="001B3BE7"/>
     <w:rsid w:val="001B693D"/>
     <w:rsid w:val="001E4B4D"/>
     <w:rsid w:val="001E6F75"/>
     <w:rsid w:val="001F5F6C"/>
     <w:rsid w:val="001F61D5"/>
     <w:rsid w:val="002014E4"/>
     <w:rsid w:val="00205402"/>
     <w:rsid w:val="00212ABB"/>
     <w:rsid w:val="00221AEF"/>
     <w:rsid w:val="00236FA3"/>
     <w:rsid w:val="00240026"/>
     <w:rsid w:val="00251F63"/>
     <w:rsid w:val="0025296B"/>
     <w:rsid w:val="00252D7F"/>
     <w:rsid w:val="002562CE"/>
     <w:rsid w:val="00275A40"/>
     <w:rsid w:val="002863E3"/>
     <w:rsid w:val="0029485E"/>
     <w:rsid w:val="00294FF1"/>
     <w:rsid w:val="002A4FE1"/>
     <w:rsid w:val="002A7963"/>
     <w:rsid w:val="002C062B"/>
     <w:rsid w:val="002D0DB1"/>
     <w:rsid w:val="002D3629"/>
     <w:rsid w:val="002F3BB8"/>
@@ -3375,98 +2385,100 @@
     <w:rsid w:val="005F0E29"/>
     <w:rsid w:val="005F6C13"/>
     <w:rsid w:val="006030ED"/>
     <w:rsid w:val="00622D28"/>
     <w:rsid w:val="0063236A"/>
     <w:rsid w:val="00632991"/>
     <w:rsid w:val="006676AB"/>
     <w:rsid w:val="00670A62"/>
     <w:rsid w:val="00675754"/>
     <w:rsid w:val="00677ED4"/>
     <w:rsid w:val="006832A4"/>
     <w:rsid w:val="00685367"/>
     <w:rsid w:val="00686696"/>
     <w:rsid w:val="006A09A4"/>
     <w:rsid w:val="006A79B1"/>
     <w:rsid w:val="006D14CB"/>
     <w:rsid w:val="006E0AF4"/>
     <w:rsid w:val="00700BE4"/>
     <w:rsid w:val="007039EB"/>
     <w:rsid w:val="00704281"/>
     <w:rsid w:val="00727389"/>
     <w:rsid w:val="00730026"/>
     <w:rsid w:val="00732262"/>
     <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00746031"/>
+    <w:rsid w:val="007874D8"/>
     <w:rsid w:val="007A192C"/>
     <w:rsid w:val="007A7518"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007E0E29"/>
     <w:rsid w:val="007F4AEA"/>
     <w:rsid w:val="007F6790"/>
     <w:rsid w:val="00836092"/>
     <w:rsid w:val="00855824"/>
     <w:rsid w:val="00857B6F"/>
     <w:rsid w:val="008600AE"/>
     <w:rsid w:val="00866364"/>
     <w:rsid w:val="00881D3E"/>
     <w:rsid w:val="008865DF"/>
     <w:rsid w:val="00892668"/>
     <w:rsid w:val="008A0A8E"/>
     <w:rsid w:val="008A6BED"/>
     <w:rsid w:val="008A7AA7"/>
     <w:rsid w:val="008C3A6A"/>
     <w:rsid w:val="008D4C75"/>
     <w:rsid w:val="008E16ED"/>
     <w:rsid w:val="008E3041"/>
     <w:rsid w:val="008E48EE"/>
     <w:rsid w:val="008E4FCB"/>
     <w:rsid w:val="008E685E"/>
     <w:rsid w:val="008F08AE"/>
     <w:rsid w:val="008F43A2"/>
     <w:rsid w:val="009059EA"/>
     <w:rsid w:val="00917A5F"/>
     <w:rsid w:val="00921731"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="00954B55"/>
     <w:rsid w:val="00961585"/>
     <w:rsid w:val="009620BA"/>
     <w:rsid w:val="009654CB"/>
     <w:rsid w:val="0098095B"/>
     <w:rsid w:val="009A10EE"/>
     <w:rsid w:val="009A22C6"/>
     <w:rsid w:val="009B67EE"/>
     <w:rsid w:val="009B7C5E"/>
     <w:rsid w:val="009C5A91"/>
     <w:rsid w:val="009D4996"/>
     <w:rsid w:val="009E562C"/>
     <w:rsid w:val="009F54C8"/>
     <w:rsid w:val="009F6A5E"/>
     <w:rsid w:val="009F6E8B"/>
     <w:rsid w:val="00A00EF5"/>
     <w:rsid w:val="00A11E63"/>
     <w:rsid w:val="00A34676"/>
+    <w:rsid w:val="00A35980"/>
     <w:rsid w:val="00A46D63"/>
     <w:rsid w:val="00A55548"/>
     <w:rsid w:val="00A674FB"/>
     <w:rsid w:val="00A9306C"/>
     <w:rsid w:val="00AB0992"/>
     <w:rsid w:val="00AB0E23"/>
     <w:rsid w:val="00AB2133"/>
     <w:rsid w:val="00AC5C12"/>
     <w:rsid w:val="00AD228E"/>
     <w:rsid w:val="00AF68BE"/>
     <w:rsid w:val="00B01852"/>
     <w:rsid w:val="00B053B1"/>
     <w:rsid w:val="00B232E7"/>
     <w:rsid w:val="00B307D5"/>
     <w:rsid w:val="00B46F32"/>
     <w:rsid w:val="00B5136E"/>
     <w:rsid w:val="00B61473"/>
     <w:rsid w:val="00B630B0"/>
     <w:rsid w:val="00B66867"/>
     <w:rsid w:val="00B72E64"/>
     <w:rsid w:val="00B74466"/>
     <w:rsid w:val="00B939D3"/>
     <w:rsid w:val="00B97142"/>
     <w:rsid w:val="00BA1A79"/>
     <w:rsid w:val="00BA3EC1"/>
@@ -3487,58 +2499,60 @@
     <w:rsid w:val="00CE21B8"/>
     <w:rsid w:val="00D00F27"/>
     <w:rsid w:val="00D0334A"/>
     <w:rsid w:val="00D107A5"/>
     <w:rsid w:val="00D1545F"/>
     <w:rsid w:val="00D2275F"/>
     <w:rsid w:val="00D246BE"/>
     <w:rsid w:val="00D26F8A"/>
     <w:rsid w:val="00D337E7"/>
     <w:rsid w:val="00D34985"/>
     <w:rsid w:val="00D466C8"/>
     <w:rsid w:val="00D913E3"/>
     <w:rsid w:val="00D956C2"/>
     <w:rsid w:val="00DB5403"/>
     <w:rsid w:val="00DC7873"/>
     <w:rsid w:val="00DE07DA"/>
     <w:rsid w:val="00DE7E14"/>
     <w:rsid w:val="00DF098B"/>
     <w:rsid w:val="00DF6BAE"/>
     <w:rsid w:val="00E13E6F"/>
     <w:rsid w:val="00E25039"/>
     <w:rsid w:val="00E566B8"/>
     <w:rsid w:val="00E77ECD"/>
     <w:rsid w:val="00EA2EC9"/>
     <w:rsid w:val="00EA6F29"/>
+    <w:rsid w:val="00EA7FB8"/>
     <w:rsid w:val="00EC2B7D"/>
     <w:rsid w:val="00EC4F32"/>
     <w:rsid w:val="00EC5CA5"/>
     <w:rsid w:val="00EC6214"/>
     <w:rsid w:val="00ED015C"/>
     <w:rsid w:val="00ED727B"/>
     <w:rsid w:val="00EE1CD0"/>
     <w:rsid w:val="00EE455A"/>
+    <w:rsid w:val="00F209C7"/>
     <w:rsid w:val="00F220C8"/>
     <w:rsid w:val="00F26D71"/>
     <w:rsid w:val="00F5370F"/>
     <w:rsid w:val="00F67C00"/>
     <w:rsid w:val="00F71D68"/>
     <w:rsid w:val="00F80CED"/>
     <w:rsid w:val="00F87308"/>
     <w:rsid w:val="00F92D35"/>
     <w:rsid w:val="00F92D39"/>
     <w:rsid w:val="00F963B3"/>
     <w:rsid w:val="00FA2B6E"/>
     <w:rsid w:val="00FB23F6"/>
     <w:rsid w:val="00FC2F76"/>
     <w:rsid w:val="00FC3932"/>
     <w:rsid w:val="00FC54FB"/>
     <w:rsid w:val="00FD229A"/>
     <w:rsid w:val="00FD27C4"/>
     <w:rsid w:val="00FE5D9E"/>
     <w:rsid w:val="00FF1A30"/>
     <w:rsid w:val="00FF2438"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -5078,179 +4092,50 @@
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{83891F8A-557D-448D-BAD9-CD008D8C9EA7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00104CF5" w:rsidRDefault="00104CF5">
           <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="44F576BF81A84F0990943648A9188D38"/>
-[...127 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="40747E1C28424A5F8B3690D92CB46740"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB6CCACB-E4CB-478E-98DA-18A5DDFD7AD7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00766243" w:rsidRDefault="00766243" w:rsidP="00766243">
           <w:pPr>
             <w:pStyle w:val="40747E1C28424A5F8B3690D92CB467403"/>
           </w:pPr>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
@@ -5319,143 +4204,237 @@
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013438"/>
-[...24 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="91F0238113974C7A87D178AE32884184"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{639793A9-3C94-4658-8BCC-5C8FC2F0151F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00960755" w:rsidRDefault="00960755" w:rsidP="00960755">
           <w:pPr>
             <w:pStyle w:val="91F0238113974C7A87D178AE32884184"/>
           </w:pPr>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicke</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7A204BCC2EEC449789E40847E49D40AA"/>
+        <w:name w:val="9C94E117C9D543138B6EBDB0D2121E3B"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{59DE31D7-FAF4-4590-B134-E12F9A8F4D6E}"/>
+        <w:guid w:val="{87703A97-DAF7-49E2-8828-642EA49CC0A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00960755" w:rsidRDefault="00960755" w:rsidP="00960755">
+        <w:p w:rsidR="00B53CF9" w:rsidRDefault="00B53CF9" w:rsidP="00B53CF9">
           <w:pPr>
-            <w:pStyle w:val="7A204BCC2EEC449789E40847E49D40AA"/>
+            <w:pStyle w:val="9C94E117C9D543138B6EBDB0D2121E3B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A52B98C2D5304297B0193FD8FA4CC634"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{84773FBC-3CC3-4CF9-BA2C-7A66C4AD971F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00B53CF9" w:rsidRDefault="00B53CF9" w:rsidP="00B53CF9">
+          <w:pPr>
+            <w:pStyle w:val="A52B98C2D5304297B0193FD8FA4CC634"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008237CC">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4FB2C88BFCBF4185BF3BE858ED104368"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{581A5DAF-CCD7-40CF-8834-510BBEE1EC2D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002C66BC" w:rsidRDefault="002C66BC" w:rsidP="002C66BC">
+          <w:pPr>
+            <w:pStyle w:val="4FB2C88BFCBF4185BF3BE858ED104368"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00FC3932">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Klicke oder tippe hier, um </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Autor:innen</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00FC3932">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0224AAB08EC74EE08D11FBC9BFDDBB4A"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C3EEB02E-8C1E-4A4F-99D4-50A16437BF6D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002C66BC" w:rsidRDefault="002C66BC" w:rsidP="002C66BC">
+          <w:pPr>
+            <w:pStyle w:val="0224AAB08EC74EE08D11FBC9BFDDBB4A"/>
           </w:pPr>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicke</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
@@ -5528,107 +4507,104 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF5"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="000C7F75"/>
     <w:rsid w:val="00104CF5"/>
     <w:rsid w:val="0017354C"/>
+    <w:rsid w:val="002C66BC"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="0040634A"/>
     <w:rsid w:val="004E3132"/>
     <w:rsid w:val="00535995"/>
     <w:rsid w:val="00766243"/>
+    <w:rsid w:val="007874D8"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007D6265"/>
     <w:rsid w:val="00917A5F"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="00960755"/>
+    <w:rsid w:val="00A35980"/>
     <w:rsid w:val="00A52A15"/>
     <w:rsid w:val="00B177F8"/>
+    <w:rsid w:val="00B53CF9"/>
     <w:rsid w:val="00DE7E14"/>
     <w:rsid w:val="00FC723B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6041,153 +5017,144 @@
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A52A15"/>
+    <w:rsid w:val="002C66BC"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="91F0238113974C7A87D178AE32884184">
     <w:name w:val="91F0238113974C7A87D178AE32884184"/>
     <w:rsid w:val="00960755"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67EECC46F46E45228653497DBC6C63C0">
-[...1 lines deleted...]
-    <w:rsid w:val="00960755"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C94E117C9D543138B6EBDB0D2121E3B">
+    <w:name w:val="9C94E117C9D543138B6EBDB0D2121E3B"/>
+    <w:rsid w:val="00B53CF9"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A204BCC2EEC449789E40847E49D40AA">
     <w:name w:val="7A204BCC2EEC449789E40847E49D40AA"/>
     <w:rsid w:val="00960755"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CBD726C7BCE2426192914DF6A9E4313D3">
     <w:name w:val="CBD726C7BCE2426192914DF6A9E4313D3"/>
     <w:rsid w:val="00766243"/>
     <w:pPr>
       <w:spacing w:before="50" w:after="50" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="44F576BF81A84F0990943648A9188D383">
     <w:name w:val="44F576BF81A84F0990943648A9188D383"/>
     <w:rsid w:val="00766243"/>
     <w:pPr>
       <w:spacing w:before="50" w:after="50" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6431F697DBD645E79CE1EEEC4EDFBF053">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FB2C88BFCBF4185BF3BE858ED104368">
+    <w:name w:val="4FB2C88BFCBF4185BF3BE858ED104368"/>
+    <w:rsid w:val="002C66BC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="40747E1C28424A5F8B3690D92CB467403">
     <w:name w:val="40747E1C28424A5F8B3690D92CB467403"/>
     <w:rsid w:val="00766243"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FE0735C2F8A44A7AE0857E34065EE842">
     <w:name w:val="1FE0735C2F8A44A7AE0857E34065EE842"/>
     <w:rsid w:val="00766243"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1CD311A97EC5409AAC73F83F0BFD049A">
-[...1 lines deleted...]
-    <w:rsid w:val="00A52A15"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0224AAB08EC74EE08D11FBC9BFDDBB4A">
+    <w:name w:val="0224AAB08EC74EE08D11FBC9BFDDBB4A"/>
+    <w:rsid w:val="002C66BC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A52B98C2D5304297B0193FD8FA4CC634">
+    <w:name w:val="A52B98C2D5304297B0193FD8FA4CC634"/>
+    <w:rsid w:val="00B53CF9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 234">
       <a:dk1>
         <a:srgbClr val="373545"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -6432,59 +5399,63 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c2eb7a32e66fb6e4260f3771546a5e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e1f6479c48b08974ba73b5ca973489" ns2:_="" ns3:_="">
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -6651,151 +5622,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54B27EA3-E61E-4E11-B675-A2E165A303A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3768EA38-F8F0-4D30-AEC5-6AAA6AEFE256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Online Dienstprofil-Arbeitsblatt.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>336</Words>
-  <Characters>2119</Characters>
+  <Words>308</Words>
+  <Characters>1943</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2451</CharactersWithSpaces>
+  <CharactersWithSpaces>2247</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla Alibasic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>
   </property>