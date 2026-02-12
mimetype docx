--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -218,72 +218,72 @@
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00240026">
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">AUS DER DIGITALEN </w:t>
       </w:r>
       <w:r w:rsidRPr="002B16F2">
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>LEHRE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
-        <w:tblW w:w="8882" w:type="dxa"/>
+        <w:tblW w:w="9234" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2095"/>
-        <w:gridCol w:w="6787"/>
+        <w:gridCol w:w="2178"/>
+        <w:gridCol w:w="7056"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00600E72" w:rsidRPr="004A0FD2" w14:paraId="3C2902E0" w14:textId="77777777" w:rsidTr="00B816F9">
+      <w:tr w:rsidR="00600E72" w:rsidRPr="006E358F" w14:paraId="3C2902E0" w14:textId="77777777" w:rsidTr="006E358F">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="1760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F6043EF" w14:textId="77777777" w:rsidR="00600E72" w:rsidRPr="002B16F2" w:rsidRDefault="00600E72" w:rsidP="008F61F5">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:spacing w:afterLines="300" w:after="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B16F2">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52B1E4B2" wp14:editId="0D9F6AEA">
                   <wp:extent cx="914400" cy="914400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="944934590" name="Grafik 1" descr="Ein Bild, das Kunst, Design enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -304,51 +304,51 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="914608" cy="914608"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="7056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B1B2A0C" w14:textId="146A1E90" w:rsidR="00600E72" w:rsidRPr="009E7A87" w:rsidRDefault="00ED2222" w:rsidP="00343E56">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:afterLines="300" w:after="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B16F2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Bausteine sind einfach strukturierte Anleitungen für den Einsatz von verschiedenen digitalen Tools und Softwares im Lehr-Lern-Kontext, wobei sie sich an unterschiedlichen Stellen integrieren und gegebenenfalls mit weiteren Bausteinen ergänzen lassen.</w:t>
             </w:r>
@@ -375,285 +375,72 @@
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Titel</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Kurzbeschreibung: max. 126 Zeichen"/>
         <w:id w:val="-888106377"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="6905DCB6" w14:textId="002682E0" w:rsidR="001014BE" w:rsidRPr="00B816F9" w:rsidRDefault="009F74E7" w:rsidP="00703403">
+        <w:p w14:paraId="6905DCB6" w14:textId="7277679F" w:rsidR="001014BE" w:rsidRPr="00B816F9" w:rsidRDefault="006E358F" w:rsidP="00703403">
           <w:pPr>
             <w:pStyle w:val="kurzeBeschreibung"/>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B816F9">
+          <w:r>
+            <w:t xml:space="preserve">Kurzbeschreibung: </w:t>
+          </w:r>
+          <w:r w:rsidR="009F74E7" w:rsidRPr="00B816F9">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Schreibe nur einen Satz, der konkretisiert, was Dein Baustein kann!</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:tbl>
-[...214 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="42466207" w14:textId="6368671A" w:rsidR="00B61473" w:rsidRPr="00DB5403" w:rsidRDefault="00B61473" w:rsidP="00600E72">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB5403">
         <w:rPr>
           <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -667,1220 +454,200 @@
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>SCHLAGWORTE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3005"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2921"/>
+        <w:gridCol w:w="8931"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B816F9" w:rsidRPr="00B816F9" w14:paraId="4C6F5DFD" w14:textId="77777777" w:rsidTr="00D97504">
+      <w:tr w:rsidR="00B816F9" w:rsidRPr="006E358F" w14:paraId="4C6F5DFD" w14:textId="77777777" w:rsidTr="00D97504">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="169E3A32" w14:textId="63116C27" w:rsidR="00B816F9" w:rsidRPr="00B816F9" w:rsidRDefault="00B816F9" w:rsidP="00B816F9">
+          <w:p w14:paraId="3860EB46" w14:textId="77777777" w:rsidR="001B5194" w:rsidRPr="00E00021" w:rsidRDefault="001B5194" w:rsidP="001B5194">
             <w:pPr>
-              <w:spacing w:after="240"/>
-              <w:rPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk195276167"/>
+            <w:r w:rsidRPr="00E00021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Welche </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Keywords</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E00021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> passen zu Deinen Inhalten? Vergib </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schlagworte mit denen Du deinen Beitrag dann später in der Toolbox </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>vertaggst</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>, so dass er leichter gefunden wird.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Formatvorlage2"/>
+              </w:rPr>
+              <w:id w:val="1439262948"/>
+              <w:placeholder>
+                <w:docPart w:val="3620ADEA85454655BC41AD704987A145"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Absatz-Standardschriftart"/>
+                <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:lang w:val="de-DE"/>
-[...79 lines deleted...]
-                <w:r w:rsidR="00B816F9" w:rsidRPr="00B816F9">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="4F2B552C" w14:textId="0F2CD6E6" w:rsidR="00B816F9" w:rsidRPr="001B5194" w:rsidRDefault="001B5194" w:rsidP="001B5194">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:color w:val="auto"/>
+                    <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
+                    <w:sz w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
-[...42 lines deleted...]
-                <w:r w:rsidR="00B816F9" w:rsidRPr="00B816F9">
+                </w:pPr>
+                <w:r w:rsidRPr="00DC61C2">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
                     <w:bCs/>
-                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
-              </w:sdtContent>
-[...739 lines deleted...]
-          </w:p>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="2B22A9DA" w14:textId="77777777" w:rsidR="00600E72" w:rsidRDefault="00600E72" w:rsidP="00240026">
+    <w:p w14:paraId="04D95CBA" w14:textId="589FC70A" w:rsidR="009F74E7" w:rsidRPr="006E358F" w:rsidRDefault="009F74E7" w:rsidP="00240026">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="2694"/>
         <w:gridCol w:w="6327"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00072119" w:rsidRPr="004A0FD2" w14:paraId="36ECAF01" w14:textId="77777777" w:rsidTr="00072119">
+      <w:tr w:rsidR="00072119" w:rsidRPr="006E358F" w14:paraId="58BC52BD" w14:textId="77777777" w:rsidTr="006E358F">
         <w:trPr>
           <w:trHeight w:val="792"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
-[...216 lines deleted...]
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="31027D40" w14:textId="68A8BC97" w:rsidR="00072119" w:rsidRPr="00600E72" w:rsidRDefault="00072119" w:rsidP="00600E72">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -1964,57 +731,57 @@
             <w:r w:rsidR="00072119" w:rsidRPr="002B16F2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> gerne die Möglichkeit Screenshots, Grafiken oder Videos einzubinden</w:t>
             </w:r>
             <w:r w:rsidRPr="002B16F2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072119" w:rsidRPr="004A0FD2" w14:paraId="0F5CD703" w14:textId="77777777" w:rsidTr="00072119">
+      <w:tr w:rsidR="00072119" w:rsidRPr="006E358F" w14:paraId="0F5CD703" w14:textId="77777777" w:rsidTr="006E358F">
         <w:trPr>
           <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E5FDD5A" w14:textId="77777777" w:rsidR="00072119" w:rsidRPr="00DB5403" w:rsidRDefault="00072119" w:rsidP="00600E72">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
@@ -2049,57 +816,57 @@
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:rPr>
                     <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
                     <w:sz w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002B16F2">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072119" w:rsidRPr="004A0FD2" w14:paraId="0525D890" w14:textId="77777777" w:rsidTr="00072119">
+      <w:tr w:rsidR="00072119" w:rsidRPr="006E358F" w14:paraId="0525D890" w14:textId="77777777" w:rsidTr="006E358F">
         <w:trPr>
           <w:trHeight w:val="1308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4BBEF034" w14:textId="0505564C" w:rsidR="00072119" w:rsidRPr="00600E72" w:rsidRDefault="00072119" w:rsidP="00600E72">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -2152,57 +919,57 @@
               <w:t xml:space="preserve">Wie wird Dein Baustein eingesetzt? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7711E908" w14:textId="13BA3A14" w:rsidR="00072119" w:rsidRPr="002B16F2" w:rsidRDefault="00B816F9" w:rsidP="00116785">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B16F2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Sei gerne konkret und nutze die Möglichkeit Screenshots, Grafiken oder Videos einzubinden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072119" w:rsidRPr="004A0FD2" w14:paraId="3D7EB66C" w14:textId="77777777" w:rsidTr="00072119">
+      <w:tr w:rsidR="00072119" w:rsidRPr="006E358F" w14:paraId="3D7EB66C" w14:textId="77777777" w:rsidTr="006E358F">
         <w:trPr>
           <w:trHeight w:val="636"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="70417811" w14:textId="77777777" w:rsidR="00072119" w:rsidRPr="00DB5403" w:rsidRDefault="00072119" w:rsidP="00600E72">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
@@ -2237,57 +1004,57 @@
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:rPr>
                     <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
                     <w:sz w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002B16F2">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00411246" w:rsidRPr="004A0FD2" w14:paraId="71E49F40" w14:textId="77777777" w:rsidTr="00411246">
+      <w:tr w:rsidR="00411246" w:rsidRPr="006E358F" w14:paraId="71E49F40" w14:textId="77777777" w:rsidTr="006E358F">
         <w:trPr>
           <w:trHeight w:val="822"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17F1BB25" w14:textId="143613C3" w:rsidR="00411246" w:rsidRPr="00600E72" w:rsidRDefault="00411246" w:rsidP="00600E72">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
@@ -2334,50 +1101,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Benenne hier das Tool oder das Zusammenspiel von Tools, die für Deinen Baustein notwendig sind und erläutere kurz deren Funktionen. Hast Du konkrete Empfehlungen, bspw. zu bestimmter Technik oder benötigten Räumlichkeiten?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D75199B" w14:textId="77777777" w:rsidR="00411246" w:rsidRPr="002B16F2" w:rsidRDefault="00B816F9" w:rsidP="00240026">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B16F2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Tipp: Erstelle Einträge, um die von Dir verwendeten Tools hinzuzufügen oder verweise (bspw. durch Verlinkungen) auf bereits eingetragene Tools oder Infrastruktur-Angebote.</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Formatvorlage2"/>
               </w:rPr>
               <w:id w:val="83660624"/>
               <w:placeholder>
                 <w:docPart w:val="613C13D5C0454E8FAF657ED85A76171C"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Absatz-Standardschriftart"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:sdtEndPr>
@@ -2386,225 +1154,75 @@
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:spacing w:after="240"/>
                   <w:rPr>
                     <w:color w:val="7F7F7F" w:themeColor="text2" w:themeTint="80"/>
                     <w:sz w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002B16F2">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF6351" w:rsidRPr="004A0FD2" w14:paraId="2D90668E" w14:textId="77777777" w:rsidTr="00EF6351">
+      <w:tr w:rsidR="00520632" w:rsidRPr="006E358F" w14:paraId="59099763" w14:textId="77777777" w:rsidTr="006E358F">
         <w:trPr>
-          <w:trHeight w:val="1209"/>
+          <w:trHeight w:val="1271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ABE5DF9" w14:textId="5AE58FBA" w:rsidR="00EF6351" w:rsidRPr="00600E72" w:rsidRDefault="00EF6351" w:rsidP="00600E72">
-[...5 lines deleted...]
-              <w:outlineLvl w:val="0"/>
+          <w:sdt>
+            <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-            </w:pPr>
-[...68 lines deleted...]
-              <w:id w:val="-927885082"/>
+              <w:id w:val="-1051150896"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
-            <w:sdtContent>
-[...74 lines deleted...]
-            </w:sdtPr>
             <w:sdtContent>
               <w:p w14:paraId="702C910F" w14:textId="1BA75867" w:rsidR="00520632" w:rsidRDefault="00520632" w:rsidP="00520632">
                 <w:pPr>
                   <w:pStyle w:val="Einfhrung"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
                   <w:spacing w:after="120"/>
                   <w:outlineLvl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                     <w:b w:val="0"/>
                     <w:bCs/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
@@ -2612,158 +1230,523 @@
                   </w:rPr>
                   <w:t>&gt; ZUSÄTZLICHE INFORMATIONEN AN-GEBEN</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:id w:val="-1908908461"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="474FA351" w14:textId="572BD1CD" w:rsidR="00520632" w:rsidRPr="002B16F2" w:rsidRDefault="00520632" w:rsidP="00072119">
                 <w:pPr>
                   <w:pStyle w:val="Zeile"/>
                   <w:rPr>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002B16F2">
                   <w:rPr>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>Dir fehlt eine Rubrik? Dann kannst Du sie hier hinzufügen.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="78C5D858" w14:textId="1E337B3E" w:rsidR="00C62264" w:rsidRPr="002B16F2" w:rsidRDefault="00C62264" w:rsidP="00072119">
             <w:pPr>
               <w:pStyle w:val="Zeile"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072119" w:rsidRPr="004A0FD2" w14:paraId="73B07DC9" w14:textId="77777777" w:rsidTr="00072119">
+      <w:tr w:rsidR="006E358F" w:rsidRPr="006E358F" w14:paraId="455EF665" w14:textId="77777777" w:rsidTr="006E358F">
         <w:trPr>
           <w:trHeight w:val="1271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75513985" w14:textId="4EFC1CAC" w:rsidR="00072119" w:rsidRPr="00DB5403" w:rsidRDefault="00072119" w:rsidP="00600E72">
+          <w:p w14:paraId="2588E3F7" w14:textId="1F666238" w:rsidR="006E358F" w:rsidRPr="00DB5403" w:rsidRDefault="006E358F" w:rsidP="006E358F">
             <w:pPr>
               <w:pStyle w:val="Einfhrung"/>
               <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
               <w:spacing w:after="120"/>
-              <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DB5403">
               <w:rPr>
                 <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>&gt; KOMMENTARE</w:t>
+              <w:t xml:space="preserve">&gt; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>ANHANG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F9E4237" w14:textId="35D2AFB9" w:rsidR="006E358F" w:rsidRPr="006E358F" w:rsidRDefault="006E358F" w:rsidP="006E358F">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E358F">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Hier kannst Du in der Eingabemaske noch eine Datei hinterlegen, die für das Tool relevant ist. Bitte packe mehrere Dateien zu einer .</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E358F">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>zip</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E358F">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-Datei. Die Datei darf nicht größer als 100 MB sein.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E358F" w:rsidRPr="006E358F" w14:paraId="495AA097" w14:textId="77777777" w:rsidTr="006E358F">
+        <w:trPr>
+          <w:trHeight w:val="1271"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D21F7CF" w14:textId="21ED1B70" w:rsidR="006E358F" w:rsidRPr="00DB5403" w:rsidRDefault="006E358F" w:rsidP="006E358F">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5403">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&gt; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>AUTORENLISTE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="de-DE"/>
+            </w:rPr>
+            <w:id w:val="1532304792"/>
+            <w:placeholder>
+              <w:docPart w:val="C7B832581E594497B03B55466E4A636A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6327" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="0B2C9B9E" w14:textId="20426371" w:rsidR="006E358F" w:rsidRPr="006E358F" w:rsidRDefault="006E358F" w:rsidP="006E358F">
+                <w:pPr>
+                  <w:pStyle w:val="Einfhrung"/>
+                  <w:spacing w:after="240"/>
+                  <w:rPr>
+                    <w:b w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="006E358F">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                    <w:b w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                  <w:t>Klicke oder tippe hier, um Autor:innen einzugeben.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="006E358F" w:rsidRPr="006E358F" w14:paraId="183D48D5" w14:textId="77777777" w:rsidTr="006E358F">
+        <w:trPr>
+          <w:trHeight w:val="1271"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4054AA81" w14:textId="56602A4F" w:rsidR="006E358F" w:rsidRDefault="006E358F" w:rsidP="006E358F">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB5403">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&gt; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>LITERATUR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-VERZEICHNIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49B43285" w14:textId="77777777" w:rsidR="006E358F" w:rsidRPr="002B16F2" w:rsidRDefault="006E358F" w:rsidP="006E358F">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B16F2">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Für Verweise auf verwendete Quellen, ergänzende Fachliteratur und Literaturempfehlungen zum Thema Deines Eintrags ist hier Platz.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:id w:val="-927885082"/>
+              <w:placeholder>
+                <w:docPart w:val="5074F887AE6249E698AD7DA1FB085FF8"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Formatvorlage2"/>
+                  </w:rPr>
+                  <w:id w:val="-2012220190"/>
+                  <w:placeholder>
+                    <w:docPart w:val="39C9593FD43E4B2BA1998020A1D3BDF6"/>
+                  </w:placeholder>
+                  <w:showingPlcHdr/>
+                </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="Absatz-Standardschriftart"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:color w:val="auto"/>
+                    <w:lang w:val="de-DE"/>
+                  </w:rPr>
+                </w:sdtEndPr>
+                <w:sdtContent>
+                  <w:p w14:paraId="0B1DFB45" w14:textId="2102F18F" w:rsidR="006E358F" w:rsidRDefault="006E358F" w:rsidP="006E358F">
+                    <w:pPr>
+                      <w:pStyle w:val="Zeile"/>
+                      <w:rPr>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="de-DE"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="002B16F2">
+                      <w:rPr>
+                        <w:rStyle w:val="Platzhaltertext"/>
+                        <w:bCs/>
+                        <w:lang w:val="de-DE"/>
+                      </w:rPr>
+                      <w:t>Klicke oder tippe hier, um Text einzugeben.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:sdtContent>
+              </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072119" w:rsidRPr="006E358F" w14:paraId="73B07DC9" w14:textId="77777777" w:rsidTr="006E358F">
+        <w:trPr>
+          <w:trHeight w:val="1271"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75513985" w14:textId="231E7B0E" w:rsidR="00072119" w:rsidRPr="00DB5403" w:rsidRDefault="00072119" w:rsidP="006E358F">
+            <w:pPr>
+              <w:pStyle w:val="Einfhrung"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="EB834D"/>
+              <w:spacing w:after="120"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>&gt; KOMMENTAR</w:t>
+            </w:r>
+            <w:r w:rsidR="006E358F">
+              <w:rPr>
+                <w:rFonts w:ascii="MetaBold-Roman" w:hAnsi="MetaBold-Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-FUNKTION AKTIVIEREN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:id w:val="-1955551590"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
               </w:placeholder>
               <w:comboBox>
                 <w:listItem w:value="Wählen Sie ein Element aus."/>
                 <w:listItem w:displayText="Ja." w:value="Ja."/>
                 <w:listItem w:displayText="Nein, lieber nicht." w:value="Nein, lieber nicht."/>
               </w:comboBox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="48189F9F" w14:textId="3D858127" w:rsidR="00072119" w:rsidRPr="002B16F2" w:rsidRDefault="00EF6351" w:rsidP="00072119">
+              <w:p w14:paraId="48189F9F" w14:textId="55D60CE2" w:rsidR="00072119" w:rsidRPr="002B16F2" w:rsidRDefault="001B5194" w:rsidP="00072119">
                 <w:pPr>
                   <w:pStyle w:val="Zeile"/>
                   <w:rPr>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="002B16F2">
+                <w:r w:rsidRPr="001B5194">
                   <w:rPr>
-                    <w:szCs w:val="20"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
-                  <w:t>Sollen andere berechtigt sein, Kommentare in der Toolbox zu hinterlassen?</w:t>
+                  <w:t>In der Toolbox kannst du auswählen, ob andere berechtigt sein sollen, Kommentare zu hinterlassen</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18457B85" w14:textId="77777777" w:rsidR="00600E72" w:rsidRDefault="00600E72" w:rsidP="00240026">
       <w:pPr>
         <w:pStyle w:val="Einfhrung"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00600E72" w:rsidSect="009F6E8B">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
@@ -2859,57 +1842,50 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C441196" w14:textId="67E02154" w:rsidR="00EC6214" w:rsidRPr="00EC6214" w:rsidRDefault="00EC6214" w:rsidP="008E3041">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -3183,127 +2159,130 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="316615611">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="104547491">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1722241608">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00857B6F"/>
     <w:rsid w:val="00002FD3"/>
     <w:rsid w:val="00014F47"/>
     <w:rsid w:val="00033362"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="00042D97"/>
+    <w:rsid w:val="00054457"/>
     <w:rsid w:val="00054561"/>
     <w:rsid w:val="0006073D"/>
     <w:rsid w:val="00064BDC"/>
     <w:rsid w:val="00067BAA"/>
     <w:rsid w:val="000714FA"/>
     <w:rsid w:val="00072119"/>
     <w:rsid w:val="00082E82"/>
     <w:rsid w:val="00084083"/>
     <w:rsid w:val="00086692"/>
     <w:rsid w:val="00094B97"/>
     <w:rsid w:val="00097AEC"/>
     <w:rsid w:val="000B504F"/>
     <w:rsid w:val="000B5220"/>
     <w:rsid w:val="000B61C3"/>
     <w:rsid w:val="000C516F"/>
     <w:rsid w:val="000D475D"/>
     <w:rsid w:val="000D6FB5"/>
     <w:rsid w:val="000F00F1"/>
     <w:rsid w:val="000F30F7"/>
     <w:rsid w:val="001014BE"/>
     <w:rsid w:val="00116044"/>
     <w:rsid w:val="00116785"/>
     <w:rsid w:val="00137A99"/>
     <w:rsid w:val="00144EA3"/>
     <w:rsid w:val="00146419"/>
     <w:rsid w:val="00147A20"/>
     <w:rsid w:val="00151483"/>
     <w:rsid w:val="001664D3"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001836BF"/>
     <w:rsid w:val="001851DD"/>
     <w:rsid w:val="001A4DB2"/>
     <w:rsid w:val="001A5625"/>
+    <w:rsid w:val="001B5194"/>
     <w:rsid w:val="001B693D"/>
     <w:rsid w:val="001E6F75"/>
     <w:rsid w:val="001E7905"/>
     <w:rsid w:val="001F5F6C"/>
     <w:rsid w:val="001F61D5"/>
     <w:rsid w:val="00205402"/>
     <w:rsid w:val="00212ABB"/>
     <w:rsid w:val="00221AEF"/>
     <w:rsid w:val="00236FA3"/>
     <w:rsid w:val="00240026"/>
+    <w:rsid w:val="0025053D"/>
     <w:rsid w:val="00251F63"/>
     <w:rsid w:val="0025296B"/>
     <w:rsid w:val="00252D7F"/>
     <w:rsid w:val="002562CE"/>
     <w:rsid w:val="00275A40"/>
     <w:rsid w:val="0029485E"/>
     <w:rsid w:val="00294FF1"/>
     <w:rsid w:val="002A4FE1"/>
     <w:rsid w:val="002A7963"/>
     <w:rsid w:val="002B16F2"/>
     <w:rsid w:val="002B537D"/>
     <w:rsid w:val="002C062B"/>
     <w:rsid w:val="002D3629"/>
     <w:rsid w:val="002F3BB8"/>
     <w:rsid w:val="002F6EF7"/>
     <w:rsid w:val="003002BC"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="00343E56"/>
     <w:rsid w:val="00351C8A"/>
     <w:rsid w:val="00356469"/>
     <w:rsid w:val="00356B0F"/>
     <w:rsid w:val="00362014"/>
     <w:rsid w:val="003733A6"/>
     <w:rsid w:val="00376697"/>
     <w:rsid w:val="003871D9"/>
@@ -3346,50 +2325,51 @@
     <w:rsid w:val="00566760"/>
     <w:rsid w:val="0057103D"/>
     <w:rsid w:val="0058224E"/>
     <w:rsid w:val="00593BAB"/>
     <w:rsid w:val="00594B8F"/>
     <w:rsid w:val="005A234E"/>
     <w:rsid w:val="005C0FF8"/>
     <w:rsid w:val="005E2C88"/>
     <w:rsid w:val="005F6C13"/>
     <w:rsid w:val="00600E72"/>
     <w:rsid w:val="006030ED"/>
     <w:rsid w:val="00617072"/>
     <w:rsid w:val="0063236A"/>
     <w:rsid w:val="00632991"/>
     <w:rsid w:val="0064217A"/>
     <w:rsid w:val="00670A62"/>
     <w:rsid w:val="00675754"/>
     <w:rsid w:val="00677ED4"/>
     <w:rsid w:val="006832A4"/>
     <w:rsid w:val="006835E3"/>
     <w:rsid w:val="00685367"/>
     <w:rsid w:val="006A09A4"/>
     <w:rsid w:val="006A79B1"/>
     <w:rsid w:val="006D2355"/>
     <w:rsid w:val="006E0AF4"/>
+    <w:rsid w:val="006E358F"/>
     <w:rsid w:val="006F6EBA"/>
     <w:rsid w:val="00700BE4"/>
     <w:rsid w:val="00703403"/>
     <w:rsid w:val="007039EB"/>
     <w:rsid w:val="00704DA4"/>
     <w:rsid w:val="00727389"/>
     <w:rsid w:val="00730026"/>
     <w:rsid w:val="00732262"/>
     <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00746031"/>
     <w:rsid w:val="007A192C"/>
     <w:rsid w:val="007A7518"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="007E0E29"/>
     <w:rsid w:val="007F4AEA"/>
     <w:rsid w:val="00855824"/>
     <w:rsid w:val="00857B6F"/>
     <w:rsid w:val="008600AE"/>
     <w:rsid w:val="00866364"/>
     <w:rsid w:val="00881D3E"/>
     <w:rsid w:val="008865DF"/>
     <w:rsid w:val="00892668"/>
     <w:rsid w:val="008A0A8E"/>
     <w:rsid w:val="008A6BED"/>
     <w:rsid w:val="008A7AA7"/>
@@ -3406,76 +2386,78 @@
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="0095293E"/>
     <w:rsid w:val="00954B55"/>
     <w:rsid w:val="00961585"/>
     <w:rsid w:val="009620BA"/>
     <w:rsid w:val="009654CB"/>
     <w:rsid w:val="0098095B"/>
     <w:rsid w:val="00994EA1"/>
     <w:rsid w:val="00996E9A"/>
     <w:rsid w:val="009A10EE"/>
     <w:rsid w:val="009A22C6"/>
     <w:rsid w:val="009B0112"/>
     <w:rsid w:val="009B67EE"/>
     <w:rsid w:val="009B7C5E"/>
     <w:rsid w:val="009C5A91"/>
     <w:rsid w:val="009D4996"/>
     <w:rsid w:val="009E562C"/>
     <w:rsid w:val="009E7A87"/>
     <w:rsid w:val="009F0A38"/>
     <w:rsid w:val="009F54C8"/>
     <w:rsid w:val="009F6E8B"/>
     <w:rsid w:val="009F74E7"/>
     <w:rsid w:val="00A00EF5"/>
     <w:rsid w:val="00A11E63"/>
     <w:rsid w:val="00A34676"/>
+    <w:rsid w:val="00A35980"/>
     <w:rsid w:val="00A37EC7"/>
     <w:rsid w:val="00A46D63"/>
     <w:rsid w:val="00A55548"/>
     <w:rsid w:val="00A674FB"/>
     <w:rsid w:val="00A9306C"/>
     <w:rsid w:val="00AB0992"/>
     <w:rsid w:val="00AB0E23"/>
     <w:rsid w:val="00AB2133"/>
     <w:rsid w:val="00AC5C12"/>
     <w:rsid w:val="00AD228E"/>
     <w:rsid w:val="00AF68BE"/>
     <w:rsid w:val="00B053B1"/>
     <w:rsid w:val="00B232E7"/>
     <w:rsid w:val="00B307D5"/>
     <w:rsid w:val="00B46F32"/>
     <w:rsid w:val="00B5136E"/>
     <w:rsid w:val="00B61473"/>
     <w:rsid w:val="00B630B0"/>
     <w:rsid w:val="00B66867"/>
     <w:rsid w:val="00B72E64"/>
     <w:rsid w:val="00B742F4"/>
     <w:rsid w:val="00B74466"/>
     <w:rsid w:val="00B816F9"/>
     <w:rsid w:val="00B939D3"/>
     <w:rsid w:val="00B97142"/>
     <w:rsid w:val="00BA1A79"/>
+    <w:rsid w:val="00BA66F4"/>
     <w:rsid w:val="00BB30A0"/>
     <w:rsid w:val="00BC0CD0"/>
     <w:rsid w:val="00BD3A66"/>
     <w:rsid w:val="00BD72BF"/>
     <w:rsid w:val="00C0311B"/>
     <w:rsid w:val="00C34E2B"/>
     <w:rsid w:val="00C35405"/>
     <w:rsid w:val="00C46837"/>
     <w:rsid w:val="00C62264"/>
     <w:rsid w:val="00C65B7E"/>
     <w:rsid w:val="00C71133"/>
     <w:rsid w:val="00C9614E"/>
     <w:rsid w:val="00CB56E9"/>
     <w:rsid w:val="00CD2919"/>
     <w:rsid w:val="00CF6563"/>
     <w:rsid w:val="00D00A85"/>
     <w:rsid w:val="00D02B07"/>
     <w:rsid w:val="00D0334A"/>
     <w:rsid w:val="00D107A5"/>
     <w:rsid w:val="00D1545F"/>
     <w:rsid w:val="00D2275F"/>
     <w:rsid w:val="00D246BE"/>
     <w:rsid w:val="00D26F8A"/>
     <w:rsid w:val="00D337E7"/>
     <w:rsid w:val="00D34985"/>
@@ -5044,236 +4026,99 @@
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{83891F8A-557D-448D-BAD9-CD008D8C9EA7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00104CF5" w:rsidRDefault="00104CF5">
           <w:r w:rsidRPr="00A80963">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="44DA9A11F6F440C6BBB423385800EB5F"/>
-[...79 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="6C916EB8072A4E4AB6C2F2C4EABFA132"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{73E2F8E3-CFEF-4D31-8513-FAE826C1F751}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C4CF6" w:rsidRDefault="009B10A1" w:rsidP="009B10A1">
           <w:pPr>
             <w:pStyle w:val="6C916EB8072A4E4AB6C2F2C4EABFA1328"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Titel</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7B7F8A64-073E-4614-A3A6-8A1A66FE930E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009B10A1" w:rsidRDefault="009B10A1">
           <w:r w:rsidRPr="008237CC">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
-          </w:r>
-[...54 lines deleted...]
-            <w:t>oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B3627244FA5A493F9F531B105DCE1B60"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B6ABA1B2-26E1-4B89-9F72-90AB725ADE74}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="009B10A1" w:rsidRDefault="009B10A1" w:rsidP="009B10A1">
           <w:pPr>
             <w:pStyle w:val="B3627244FA5A493F9F531B105DCE1B605"/>
           </w:pPr>
           <w:r w:rsidRPr="002B537D">
@@ -5348,173 +4193,270 @@
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="de-DE"/>
             </w:rPr>
             <w:t>oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="92858F666DD14295B388D435086694E6"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="613C13D5C0454E8FAF657ED85A76171C"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{51FC1CC4-D1A9-435A-A29B-25932C0BBCE7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D77C6E" w:rsidRDefault="00D77C6E" w:rsidP="00D77C6E">
           <w:pPr>
             <w:pStyle w:val="613C13D5C0454E8FAF657ED85A76171C"/>
           </w:pPr>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicke</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>oder tippe hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="878344F72F6C45C1B9151EADD109C003"/>
+        <w:name w:val="3620ADEA85454655BC41AD704987A145"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D138DBCD-859F-45A3-9E0D-5BCBBD1F99D5}"/>
+        <w:guid w:val="{39B0509D-D6DE-4CA1-84A9-F5408C3AC4C1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D77C6E" w:rsidRDefault="00D77C6E" w:rsidP="00D77C6E">
+        <w:p w:rsidR="00E268D2" w:rsidRDefault="00E268D2" w:rsidP="00E268D2">
           <w:pPr>
-            <w:pStyle w:val="878344F72F6C45C1B9151EADD109C003"/>
+            <w:pStyle w:val="3620ADEA85454655BC41AD704987A145"/>
           </w:pPr>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicke</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="002B537D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5074F887AE6249E698AD7DA1FB085FF8"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{396FFFB6-53B6-43A9-8EE3-AD7F42C101B3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0049472D" w:rsidRDefault="0049472D" w:rsidP="0049472D">
+          <w:pPr>
+            <w:pStyle w:val="5074F887AE6249E698AD7DA1FB085FF8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A80963">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="39C9593FD43E4B2BA1998020A1D3BDF6"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C44C46A8-B4F5-40F9-AC8D-E38AB11077DC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0049472D" w:rsidRDefault="0049472D" w:rsidP="0049472D">
+          <w:pPr>
+            <w:pStyle w:val="39C9593FD43E4B2BA1998020A1D3BDF6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Klicke</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>oder tippe hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C7B832581E594497B03B55466E4A636A"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6B6DF1CC-89C7-4302-9C9C-B42E6AA0B9B5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0049472D" w:rsidRDefault="0049472D" w:rsidP="0049472D">
+          <w:pPr>
+            <w:pStyle w:val="C7B832581E594497B03B55466E4A636A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0064217A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Klicke oder tippe hier, um </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>A</w:t>
+          </w:r>
+          <w:r w:rsidRPr="002B537D">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>utor:innen</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0064217A">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5560,109 +4502,106 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MetaBold-Roman">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="02000803000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00104CF5"/>
     <w:rsid w:val="00033362"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="00104CF5"/>
     <w:rsid w:val="0017354C"/>
     <w:rsid w:val="001E3841"/>
     <w:rsid w:val="001E7905"/>
+    <w:rsid w:val="0025053D"/>
     <w:rsid w:val="003035DA"/>
     <w:rsid w:val="0040634A"/>
+    <w:rsid w:val="0049472D"/>
     <w:rsid w:val="004E3132"/>
     <w:rsid w:val="007524D1"/>
     <w:rsid w:val="007C4CF6"/>
     <w:rsid w:val="007C4FB8"/>
     <w:rsid w:val="0092651F"/>
     <w:rsid w:val="0095293E"/>
     <w:rsid w:val="009A584C"/>
     <w:rsid w:val="009B10A1"/>
+    <w:rsid w:val="00A35980"/>
     <w:rsid w:val="00D02B07"/>
     <w:rsid w:val="00D77C6E"/>
+    <w:rsid w:val="00E268D2"/>
     <w:rsid w:val="00F347A5"/>
     <w:rsid w:val="00FC723B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6075,58 +5014,58 @@
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D77C6E"/>
+    <w:rsid w:val="0049472D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="92858F666DD14295B388D435086694E6">
-[...1 lines deleted...]
-    <w:rsid w:val="007524D1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D33498936CE4645B50691775E9F89BE">
+    <w:name w:val="3D33498936CE4645B50691775E9F89BE"/>
+    <w:rsid w:val="0049472D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C916EB8072A4E4AB6C2F2C4EABFA1328">
     <w:name w:val="6C916EB8072A4E4AB6C2F2C4EABFA1328"/>
     <w:rsid w:val="009B10A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="left" w:pos="5768"/>
       </w:tabs>
       <w:spacing w:before="600" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaBold-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaBold-Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBAAD55ECA3F4F7F953C69E1A194E1C08">
     <w:name w:val="EBAAD55ECA3F4F7F953C69E1A194E1C08"/>
     <w:rsid w:val="009B10A1"/>
     <w:pPr>
@@ -6136,108 +5075,111 @@
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="44DA9A11F6F440C6BBB423385800EB5F8">
     <w:name w:val="44DA9A11F6F440C6BBB423385800EB5F8"/>
     <w:rsid w:val="009B10A1"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10BEACDBE37947359F894A89FC4618248">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B891586843984E3AA442097A98FD69D2">
+    <w:name w:val="B891586843984E3AA442097A98FD69D2"/>
+    <w:rsid w:val="0049472D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3627244FA5A493F9F531B105DCE1B605">
     <w:name w:val="B3627244FA5A493F9F531B105DCE1B605"/>
     <w:rsid w:val="009B10A1"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5042C51F41AC4EBD8F1995CE10EB3AE55">
     <w:name w:val="5042C51F41AC4EBD8F1995CE10EB3AE55"/>
     <w:rsid w:val="009B10A1"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MetaNormal-Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MetaNormal-Roman"/>
       <w:b/>
       <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="613C13D5C0454E8FAF657ED85A76171C">
     <w:name w:val="613C13D5C0454E8FAF657ED85A76171C"/>
     <w:rsid w:val="00D77C6E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="878344F72F6C45C1B9151EADD109C003">
     <w:name w:val="878344F72F6C45C1B9151EADD109C003"/>
     <w:rsid w:val="00D77C6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3620ADEA85454655BC41AD704987A145">
+    <w:name w:val="3620ADEA85454655BC41AD704987A145"/>
+    <w:rsid w:val="00E268D2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5074F887AE6249E698AD7DA1FB085FF8">
+    <w:name w:val="5074F887AE6249E698AD7DA1FB085FF8"/>
+    <w:rsid w:val="0049472D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39C9593FD43E4B2BA1998020A1D3BDF6">
+    <w:name w:val="39C9593FD43E4B2BA1998020A1D3BDF6"/>
+    <w:rsid w:val="0049472D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7B832581E594497B03B55466E4A636A">
+    <w:name w:val="C7B832581E594497B03B55466E4A636A"/>
+    <w:rsid w:val="0049472D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 234">
       <a:dk1>
         <a:srgbClr val="373545"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -6482,50 +5424,71 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1c2eb7a32e66fb6e4260f3771546a5e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e1f6479c48b08974ba73b5ca973489" ns2:_="" ns3:_="">
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -6692,160 +5655,139 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E869FB-253B-4B9E-B905-72ADCD03F957}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54B27EA3-E61E-4E11-B675-A2E165A303A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9D38294-123F-4B9C-AB98-EBCB8664726D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3768EA38-F8F0-4D30-AEC5-6AAA6AEFE256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Online Dienstprofil-Arbeitsblatt.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>330</Words>
-  <Characters>2084</Characters>
+  <Words>304</Words>
+  <Characters>1918</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2410</CharactersWithSpaces>
+  <CharactersWithSpaces>2218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lejla Alibasic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>